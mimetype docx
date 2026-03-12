--- v0 (2025-10-09)
+++ v1 (2026-03-12)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="613E3FEA" w14:textId="77777777" w:rsidR="00EB03B8" w:rsidRPr="00AC7887" w:rsidRDefault="00AC7887" w:rsidP="003C107C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7887">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
@@ -245,54 +245,51 @@
         <w:t xml:space="preserve">abbreviated </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A959F3" w:rsidRPr="00AC7887">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>DrSc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A959F3" w:rsidRPr="00AC7887">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69407DA8" w14:textId="77777777" w:rsidR="00EB03B8" w:rsidRPr="00AC7887" w:rsidRDefault="00EB03B8">
-[...2 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="69407DA8" w14:textId="77777777" w:rsidR="00EB03B8" w:rsidRPr="00AC7887" w:rsidRDefault="00EB03B8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C107C" w:rsidRPr="00AC7887" w14:paraId="20BF04D3" w14:textId="77777777" w:rsidTr="003C107C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A217629" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="00AC7887">
             <w:r w:rsidRPr="00AC7887">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
@@ -361,166 +358,102 @@
             <w:r>
               <w:t>practice</w:t>
             </w:r>
             <w:r w:rsidR="00A959F3" w:rsidRPr="00AC7887">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>and lectures</w:t>
             </w:r>
             <w:r w:rsidR="00A959F3" w:rsidRPr="00AC7887">
               <w:t>) a</w:t>
             </w:r>
             <w:r>
               <w:t>nd the language of instruction are stated</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C107C" w:rsidRPr="00AC7887" w14:paraId="6D6C7F21" w14:textId="77777777" w:rsidTr="003C107C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39CA07C1" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C"/>
           <w:p w14:paraId="16983E99" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C"/>
-          <w:p w14:paraId="69A631FF" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="56614A4E" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C"/>
+          <w:p w14:paraId="7F55DBF2" w14:textId="77777777" w:rsidR="003C107C" w:rsidRDefault="003C107C"/>
+          <w:p w14:paraId="56614A4E" w14:textId="77777777" w:rsidR="00DE388E" w:rsidRPr="00AC7887" w:rsidRDefault="00DE388E"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C107C" w:rsidRPr="00AC7887" w14:paraId="5DFC5B9E" w14:textId="77777777" w:rsidTr="003C107C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76560B4C" w14:textId="74664C84" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="002B4E54" w:rsidP="003C107C">
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Supervising</w:t>
             </w:r>
             <w:r w:rsidR="003C107C" w:rsidRPr="00AC7887">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002B4E54">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">successfully defended Bachelor and Master theses </w:t>
             </w:r>
             <w:r w:rsidR="00DC5672" w:rsidRPr="00AC7887">
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidR="00AC7887">
               <w:t xml:space="preserve"> number is stated</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C107C" w:rsidRPr="00AC7887" w14:paraId="3F866E47" w14:textId="77777777" w:rsidTr="003C107C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3553A3BA" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="003C107C"/>
           <w:p w14:paraId="64BCDC8D" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="003C107C"/>
-          <w:p w14:paraId="3C660017" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="003C107C"/>
           <w:p w14:paraId="301E374A" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="003C107C"/>
-          <w:p w14:paraId="123BEFEC" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="003C107C"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="470DAE09" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="003C107C"/>
           <w:p w14:paraId="72DA65F5" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="003C107C"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D75B20" w:rsidRPr="00AC7887" w14:paraId="1E1E00A2" w14:textId="77777777" w:rsidTr="003C107C">
-[...49 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="207265F8" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C"/>
-    <w:p w14:paraId="5FBE9E3A" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C"/>
     <w:p w14:paraId="2EC90DAF" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C107C" w:rsidRPr="00AC7887" w14:paraId="1FEB8ED5" w14:textId="77777777" w:rsidTr="002B4E54">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="721EBAA7" w14:textId="5D530AFF" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="002B4E54" w:rsidP="002B4E54">
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="cs-CZ"/>
@@ -571,69 +504,64 @@
             </w:r>
             <w:r w:rsidRPr="00AC7887">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AC7887">
               <w:t>WoS</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002B4E54">
               <w:t xml:space="preserve"> database</w:t>
             </w:r>
             <w:r w:rsidRPr="00AC7887">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C107C" w:rsidRPr="00AC7887" w14:paraId="580013FB" w14:textId="77777777" w:rsidTr="002B4E54">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D56DEAD" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="002B4E54"/>
           <w:p w14:paraId="78A96A83" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="002B4E54"/>
-          <w:p w14:paraId="1668115D" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="002B4E54"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="696EDE93" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="002B4E54"/>
           <w:p w14:paraId="5D5D8FDB" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="002B4E54"/>
           <w:p w14:paraId="6964B852" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="002B4E54"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C107C" w:rsidRPr="00AC7887" w14:paraId="4C1A69C0" w14:textId="77777777" w:rsidTr="002B4E54">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="160B5722" w14:textId="115C1F89" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="002B4E54" w:rsidP="00D75B20">
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Reviews of articles in foreign</w:t>
             </w:r>
             <w:r w:rsidR="003C107C" w:rsidRPr="00AC7887">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>scientific</w:t>
             </w:r>
             <w:r w:rsidR="003C107C" w:rsidRPr="00AC7887">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>journals</w:t>
@@ -641,119 +569,52 @@
             <w:r w:rsidR="00ED2561" w:rsidRPr="00AC7887">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AC02A1" w:rsidRPr="00AC7887">
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidR="00ED2561" w:rsidRPr="00AC7887">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">a title and number of reviewed articles are stated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED2561" w:rsidRPr="00AC7887" w14:paraId="2A4098F9" w14:textId="77777777" w:rsidTr="00ED2561">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C57BFA5" w14:textId="77777777" w:rsidR="00ED2561" w:rsidRPr="00AC7887" w:rsidRDefault="00ED2561" w:rsidP="002B4E54"/>
           <w:p w14:paraId="3D5FEF10" w14:textId="77777777" w:rsidR="00ED2561" w:rsidRPr="00AC7887" w:rsidRDefault="00ED2561" w:rsidP="002B4E54"/>
-          <w:p w14:paraId="246315A7" w14:textId="77777777" w:rsidR="00ED2561" w:rsidRPr="00AC7887" w:rsidRDefault="00ED2561" w:rsidP="002B4E54"/>
           <w:p w14:paraId="08425D2C" w14:textId="77777777" w:rsidR="00ED2561" w:rsidRPr="00AC7887" w:rsidRDefault="00ED2561" w:rsidP="002B4E54"/>
           <w:p w14:paraId="74FD089E" w14:textId="77777777" w:rsidR="00ED2561" w:rsidRPr="00AC7887" w:rsidRDefault="00ED2561" w:rsidP="002B4E54"/>
-        </w:tc>
-[...64 lines deleted...]
-          <w:p w14:paraId="68285EBA" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="002B4E54"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C107C" w:rsidRPr="00AC7887" w14:paraId="53311AC2" w14:textId="77777777" w:rsidTr="002B4E54">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DC8960C" w14:textId="12DB51A7" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="002B4E54" w:rsidP="00D75B20">
             <w:r w:rsidRPr="002B4E54">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Grants awarded </w:t>
             </w:r>
             <w:r w:rsidR="00D75B20" w:rsidRPr="00AC7887">
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidR="00ED2561" w:rsidRPr="00AC7887">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">a list of awarded grants and involvement in them is stated </w:t>
             </w:r>
             <w:r w:rsidR="00386E0C" w:rsidRPr="00AC7887">
               <w:t>(</w:t>
@@ -772,51 +633,50 @@
             </w:r>
             <w:r w:rsidR="00386E0C" w:rsidRPr="00AC7887">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>etc</w:t>
             </w:r>
             <w:r w:rsidR="00386E0C" w:rsidRPr="00AC7887">
               <w:t>.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C107C" w:rsidRPr="00AC7887" w14:paraId="63C4FE15" w14:textId="77777777" w:rsidTr="002B4E54">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DDC5A7F" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="002B4E54"/>
           <w:p w14:paraId="298881B2" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="002B4E54"/>
           <w:p w14:paraId="74E44F0B" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="002B4E54"/>
           <w:p w14:paraId="75B960D7" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="002B4E54"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="17544DB6" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C"/>
     <w:p w14:paraId="1836100B" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9062"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C107C" w:rsidRPr="00AC7887" w14:paraId="6DCACD3F" w14:textId="77777777" w:rsidTr="002B4E54">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D123010" w14:textId="7E04772E" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="002B4E54" w:rsidP="002B4E54">
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="cs-CZ"/>
@@ -852,113 +712,50 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="cs-CZ"/>
               </w:rPr>
               <w:t>activities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C107C" w:rsidRPr="00AC7887" w14:paraId="24EAE4A0" w14:textId="77777777" w:rsidTr="002B4E54">
-[...61 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="003C107C" w:rsidRPr="00AC7887" w14:paraId="787585FF" w14:textId="77777777" w:rsidTr="002B4E54">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40E6FC9A" w14:textId="3FD02D99" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="000B5E3A" w:rsidP="00D75B20">
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Cooperation with</w:t>
             </w:r>
             <w:r w:rsidR="003C107C" w:rsidRPr="00AC7887">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>foreign</w:t>
             </w:r>
             <w:r w:rsidR="003C107C" w:rsidRPr="00AC7887">
@@ -992,315 +789,185 @@
               <w:t xml:space="preserve"> institu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>tions</w:t>
             </w:r>
             <w:r w:rsidR="00D75B20" w:rsidRPr="00AC7887">
               <w:t xml:space="preserve"> –</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> a list and a form of cooperation are stated </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C107C" w:rsidRPr="00AC7887" w14:paraId="3330023D" w14:textId="77777777" w:rsidTr="002B4E54">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FA2709C" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="003C107C"/>
           <w:p w14:paraId="25C6FCF2" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="003C107C"/>
           <w:p w14:paraId="588C25D5" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="003C107C"/>
-          <w:p w14:paraId="13943A0B" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="003C107C"/>
-          <w:p w14:paraId="38836D6C" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="003C107C"/>
           <w:p w14:paraId="25098F45" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="003C107C"/>
           <w:p w14:paraId="7ACA0508" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="003C107C"/>
-        </w:tc>
-[...129 lines deleted...]
-          <w:p w14:paraId="09C6C4F0" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C" w:rsidP="003C107C"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D77CA0E" w14:textId="77777777" w:rsidR="003C107C" w:rsidRPr="00AC7887" w:rsidRDefault="003C107C"/>
     <w:sectPr w:rsidR="003C107C" w:rsidRPr="00AC7887">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
-    <w:altName w:val="Times New Roman PSMT"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EB03B8"/>
+    <w:rsid w:val="0001176E"/>
     <w:rsid w:val="000B5E3A"/>
     <w:rsid w:val="000E03B8"/>
     <w:rsid w:val="000F65F0"/>
     <w:rsid w:val="001516A3"/>
     <w:rsid w:val="002239AA"/>
     <w:rsid w:val="002B4E54"/>
     <w:rsid w:val="00386E0C"/>
     <w:rsid w:val="003C107C"/>
     <w:rsid w:val="0043728F"/>
     <w:rsid w:val="005E4464"/>
     <w:rsid w:val="007B70EC"/>
     <w:rsid w:val="0099407E"/>
+    <w:rsid w:val="00A32B25"/>
     <w:rsid w:val="00A93112"/>
     <w:rsid w:val="00A959F3"/>
     <w:rsid w:val="00AC02A1"/>
     <w:rsid w:val="00AC7887"/>
+    <w:rsid w:val="00AF342B"/>
     <w:rsid w:val="00CD520F"/>
     <w:rsid w:val="00D75B20"/>
     <w:rsid w:val="00D96673"/>
     <w:rsid w:val="00DC5672"/>
+    <w:rsid w:val="00DE388E"/>
     <w:rsid w:val="00EB03B8"/>
     <w:rsid w:val="00ED2561"/>
     <w:rsid w:val="00F75FD0"/>
     <w:rsid w:val="00FA4296"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="38BD7185"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{68ECE0FF-8325-4972-B444-5D5A0E515F3A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1628,50 +1295,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
@@ -1686,51 +1358,51 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Mkatabulky">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normlntabulka"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00EB03B8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="435104043">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="253823943">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -2152,77 +1824,77 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1375</Characters>
+  <Pages>1</Pages>
+  <Words>156</Words>
+  <Characters>922</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>7</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1604</CharactersWithSpaces>
+  <CharactersWithSpaces>1076</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Zachová Romana</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>