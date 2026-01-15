--- v0 (2025-10-06)
+++ v1 (2026-01-15)
@@ -1,45 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4650DA9B" w14:textId="76CAE403" w:rsidR="00AF71D4" w:rsidRDefault="001A5442" w:rsidP="00D7252F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
@@ -205,51 +204,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF71D4" w:rsidRPr="00A01693">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>abroad</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="609A421F" w14:textId="77777777" w:rsidR="00D7252F" w:rsidRPr="00A01693" w:rsidRDefault="00D7252F" w:rsidP="00D7252F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26DF3C2F" w14:textId="2D320CD4" w:rsidR="00AF71D4" w:rsidRPr="00A01693" w:rsidRDefault="00AF71D4" w:rsidP="00AF71D4">
+    <w:p w14:paraId="26DF3C2F" w14:textId="36302A6F" w:rsidR="00AF71D4" w:rsidRPr="00A01693" w:rsidRDefault="00AF71D4" w:rsidP="00AF71D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01693">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="00512548">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A01693">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Faculty</w:t>
       </w:r>
       <w:r w:rsidR="00512548">
@@ -518,131 +517,119 @@
       </w:r>
       <w:r w:rsidR="00512548">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A01693">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidR="00512548">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A01693">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00B82B1F">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="005034AD">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01693">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B9623AA" w14:textId="77777777" w:rsidR="00BB52FE" w:rsidRDefault="00BB52FE" w:rsidP="00AF71D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BB1AB40" w14:textId="531E19A0" w:rsidR="00AF71D4" w:rsidRPr="00A01693" w:rsidRDefault="00AF71D4" w:rsidP="00AF71D4">
+    <w:p w14:paraId="7BB1AB40" w14:textId="7DC48714" w:rsidR="00AF71D4" w:rsidRPr="00A01693" w:rsidRDefault="00AF71D4" w:rsidP="00AF71D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01693">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Application</w:t>
       </w:r>
       <w:r w:rsidR="00512548">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00A01693">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>eadline:</w:t>
       </w:r>
       <w:r w:rsidR="00512548">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00361E06">
-[...21 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00862F4B" w:rsidRPr="00862F4B">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>5 January 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00135496">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A039F5F" w14:textId="63A32803" w:rsidR="00AF71D4" w:rsidRPr="00A01693" w:rsidRDefault="00AF71D4" w:rsidP="00AF71D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A01693">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Maximum</w:t>
       </w:r>
       <w:r w:rsidR="00512548">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A01693">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -799,356 +786,122 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A01693">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>month</w:t>
       </w:r>
       <w:r w:rsidR="00C652D3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DD7532F" w14:textId="77777777" w:rsidR="008B0A57" w:rsidRPr="00A01693" w:rsidRDefault="008B0A57" w:rsidP="00AF71D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A8DDB0F" w14:textId="49B5CF0E" w:rsidR="008B0A57" w:rsidRPr="00A01693" w:rsidRDefault="001F6F84" w:rsidP="008B0A57">
+    <w:p w14:paraId="2A8DDB0F" w14:textId="60066C3C" w:rsidR="008B0A57" w:rsidRPr="00A01693" w:rsidRDefault="008B0A57" w:rsidP="008B0A57">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>must</w:t>
-[...274 lines deleted...]
-      <w:r w:rsidRPr="001F6F84">
+        <w:t xml:space="preserve">Application should be submitted electronically via the contact centre at UIS, but no later than </w:t>
+      </w:r>
+      <w:r w:rsidR="00862F4B" w:rsidRPr="00862F4B">
+        <w:t>5 January 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00135496">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C652D3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>igned by the applicant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C652D3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the bachelor/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>diploma/PhD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C652D3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thesis </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>supervisor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C652D3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The supervisor can sign the application electronically. The allocation of support under this call is not </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>guaranteed</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001F6F84">
+      <w:r w:rsidRPr="00C652D3">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C4BC78A" w14:textId="77777777" w:rsidR="00C652D3" w:rsidRDefault="00C652D3" w:rsidP="00AF71D4">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13FB7690" w14:textId="77777777" w:rsidR="00CD4173" w:rsidRDefault="00CD4173" w:rsidP="00CD4173">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00E70A09">
         <w:t xml:space="preserve">doc. Ing. Tomáš Kušta, Ph.D. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79CB589C" w14:textId="4984DD1B" w:rsidR="00AF71D4" w:rsidRPr="00A01693" w:rsidRDefault="00AA3EE3" w:rsidP="00AA3EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -1196,118 +949,112 @@
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2NzEwNzE1NbcwMrA0sjRS0lEKTi0uzszPAykwrgUAFeSqmCwAAAA="/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2NzEwNzE1NbcwMrA0sjRS0lEKTi0uzszPAykwqQUA0nLr1ywAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="0062415D"/>
-    <w:rsid w:val="000C1032"/>
     <w:rsid w:val="000E6BC4"/>
     <w:rsid w:val="001040E9"/>
-    <w:rsid w:val="00117710"/>
+    <w:rsid w:val="00135496"/>
     <w:rsid w:val="001A5442"/>
     <w:rsid w:val="001B5E38"/>
-    <w:rsid w:val="001F6F84"/>
-    <w:rsid w:val="00361E06"/>
     <w:rsid w:val="00371E48"/>
     <w:rsid w:val="0039464F"/>
     <w:rsid w:val="003A4462"/>
     <w:rsid w:val="003A55E9"/>
     <w:rsid w:val="003B207B"/>
     <w:rsid w:val="003E5144"/>
     <w:rsid w:val="00424FC3"/>
     <w:rsid w:val="004415F5"/>
+    <w:rsid w:val="005034AD"/>
     <w:rsid w:val="00512548"/>
     <w:rsid w:val="005D0F8F"/>
     <w:rsid w:val="005F3F15"/>
     <w:rsid w:val="00601370"/>
     <w:rsid w:val="0062415D"/>
-    <w:rsid w:val="00631A79"/>
     <w:rsid w:val="00646AEE"/>
     <w:rsid w:val="00666C9E"/>
-    <w:rsid w:val="00681C98"/>
-    <w:rsid w:val="006D1D18"/>
+    <w:rsid w:val="00675FCA"/>
+    <w:rsid w:val="007333BE"/>
     <w:rsid w:val="008163EC"/>
+    <w:rsid w:val="00862F4B"/>
     <w:rsid w:val="008B0A57"/>
-    <w:rsid w:val="00917988"/>
     <w:rsid w:val="009849B5"/>
-    <w:rsid w:val="009D0F2A"/>
     <w:rsid w:val="00A01693"/>
     <w:rsid w:val="00A77E56"/>
     <w:rsid w:val="00AA3EE3"/>
     <w:rsid w:val="00AC4821"/>
     <w:rsid w:val="00AC656E"/>
     <w:rsid w:val="00AF71D4"/>
     <w:rsid w:val="00B2693C"/>
     <w:rsid w:val="00B57235"/>
     <w:rsid w:val="00B82B1F"/>
     <w:rsid w:val="00B85616"/>
     <w:rsid w:val="00BB52FE"/>
     <w:rsid w:val="00C652D3"/>
     <w:rsid w:val="00CD4173"/>
     <w:rsid w:val="00CF3ADB"/>
     <w:rsid w:val="00D14BED"/>
     <w:rsid w:val="00D332FE"/>
     <w:rsid w:val="00D440DD"/>
     <w:rsid w:val="00D7252F"/>
-    <w:rsid w:val="00DC7DAA"/>
     <w:rsid w:val="00E10643"/>
     <w:rsid w:val="00E370E7"/>
     <w:rsid w:val="00EE082E"/>
     <w:rsid w:val="00F12A6A"/>
     <w:rsid w:val="00F23588"/>
     <w:rsid w:val="00F95452"/>
     <w:rsid w:val="00FE44D7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -2175,87 +1922,81 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{207237C3-E9F4-4AF1-BA47-37306AA0A2D9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>107</Words>
-  <Characters>638</Characters>
+  <Words>105</Words>
+  <Characters>626</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>744</CharactersWithSpaces>
+  <CharactersWithSpaces>730</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Marušák Róbert</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>