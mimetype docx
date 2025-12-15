--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -1,610 +1,430 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="44CFC452" w14:textId="61A07D9E" w:rsidR="003A5500" w:rsidRDefault="003A5500" w:rsidP="003A5500">
+    <w:p w14:paraId="1268C9DA" w14:textId="77777777" w:rsidR="00E303FB" w:rsidRPr="005431C5" w:rsidRDefault="00E303FB" w:rsidP="00E303FB">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Témata disertačních prací pro doktorské studium programu Ekonomika </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005431C5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Oborová rada projednala a schválila témata disertačních prací pro ak</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">a management lesnictví a Dřevařství </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ademický</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005431C5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rok 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005431C5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7, omezila jejich počet a přidala možnost volby vlastního tématu po konzultaci a potenciálním školitelem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005431C5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="472BE54B" w14:textId="2DD47A29" w:rsidR="003A5500" w:rsidRDefault="003A5500" w:rsidP="003A5500">
+    <w:p w14:paraId="5914670B" w14:textId="77777777" w:rsidR="00E303FB" w:rsidRPr="005431C5" w:rsidRDefault="00E303FB" w:rsidP="00E303FB">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...132 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005431C5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Doporučená témata jsou následující:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="52708E23" w14:textId="77777777" w:rsidR="003A5500" w:rsidRPr="003A5500" w:rsidRDefault="003A5500" w:rsidP="003A5500">
-[...8 lines deleted...]
-    <w:p w14:paraId="6B50B936" w14:textId="77777777" w:rsidR="003A5500" w:rsidRPr="00704976" w:rsidRDefault="003A5500" w:rsidP="003A5500">
+    <w:p w14:paraId="7EC1E955" w14:textId="77777777" w:rsidR="00E303FB" w:rsidRPr="002B5398" w:rsidRDefault="00E303FB" w:rsidP="00E303FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="120"/>
-[...8 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Management požadavků snižování uhlíkové stopy dřevozpracujících podniků ČR (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704976">
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Management of requirements for reducing the carbon footprint of wood processing companies in the Czech Republic</w:t>
       </w:r>
-      <w:r w:rsidRPr="00704976">
-[...2 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12DE4003" w14:textId="79176608" w:rsidR="003A5500" w:rsidRPr="00704976" w:rsidRDefault="003A5500" w:rsidP="003A5500">
+    <w:p w14:paraId="702167FF" w14:textId="77777777" w:rsidR="00E303FB" w:rsidRPr="002B5398" w:rsidRDefault="00E303FB" w:rsidP="00E303FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="120"/>
-[...15 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Analýza sociální politiky zaměstnavatelů v lesním hospodářství se zaměřením na kategorii technickohospodářských pracovníků (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Forest fires in the Czech Republic – analysis of socio-economic impacts and their influence on limiting the supply of non-market forest services</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:t>Analysis of the social policy of employers in forestry with a focus on the category of technical and economic workers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="734A5C13" w14:textId="77777777" w:rsidR="003A5500" w:rsidRPr="00704976" w:rsidRDefault="003A5500" w:rsidP="003A5500">
+    <w:p w14:paraId="4C9FA73C" w14:textId="77777777" w:rsidR="00E303FB" w:rsidRPr="002B5398" w:rsidRDefault="00E303FB" w:rsidP="00E303FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="120"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Analýza sociální politiky zaměstnavatelů v lesním hospodářství se zaměřením na kategorii </w:t>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Posouzení efektivnosti nástrojů politiky lesní </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00704976">
-[...4 lines deleted...]
-        <w:t>technicko-hospodářských</w:t>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bioekonomiky</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00704976">
-[...9 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> v rámci hodnotového řetězce (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Analysis of the social policy of employers in forestry with a focus on the category of technical and economic workers</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:t>Assessing the effectiveness of forest bioeconomy policy instruments within the value chain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06BB2C75" w14:textId="77777777" w:rsidR="003A5500" w:rsidRPr="00704976" w:rsidRDefault="003A5500" w:rsidP="003A5500">
+    <w:p w14:paraId="23DF7D8B" w14:textId="77777777" w:rsidR="00E303FB" w:rsidRPr="002B5398" w:rsidRDefault="00E303FB" w:rsidP="00E303FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="120"/>
-[...15 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Komparace obchodních modelů prodeje dříví u vybraných podniků státních lesů v zemích střední Evropy (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>The use of sustainable development accounting to increase the economic performance of enterprises in forestry and the wood-processing industry</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:t>Comparison of business models of wood sales at selected state forest enterprises in Central European countries</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55A5392D" w14:textId="77777777" w:rsidR="003A5500" w:rsidRPr="00704976" w:rsidRDefault="003A5500" w:rsidP="003A5500">
+    <w:p w14:paraId="4FE001AE" w14:textId="77777777" w:rsidR="00E303FB" w:rsidRPr="002B5398" w:rsidRDefault="00E303FB" w:rsidP="00E303FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="120"/>
-[...15 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Analýza genderové situace v lesnickém sektoru (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Design of a system of payments for forest ecosystem services of forests and forestry</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:t>Analysis of the gender situation in the forestry sector</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E8F67C9" w14:textId="77777777" w:rsidR="003A5500" w:rsidRPr="00704976" w:rsidRDefault="003A5500" w:rsidP="003A5500">
+    <w:p w14:paraId="5FAD554A" w14:textId="77777777" w:rsidR="00E303FB" w:rsidRPr="002B5398" w:rsidRDefault="00E303FB" w:rsidP="00E303FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="120"/>
-[...15 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Analýza hráčů v lesnické politice České republiky (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Analysis of the efficiency of nature-friendly forest management from the point of view of providing forest ecosystem services</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:t>Analysis of actors in the forestry policy of the Czech Republic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E8D6E33" w14:textId="77777777" w:rsidR="003A5500" w:rsidRPr="00704976" w:rsidRDefault="003A5500" w:rsidP="003A5500">
+    <w:p w14:paraId="17ADD300" w14:textId="77777777" w:rsidR="00E303FB" w:rsidRPr="002B5398" w:rsidRDefault="00E303FB" w:rsidP="00E303FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="120"/>
-[...31 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Politický potenciál environmentálních nevládních organizací v České republice a Slovenské republice (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Assessing the effectiveness of forest bioeconomy policy instruments within the value chain</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:t>The political potential of environmental non-governmental organisations Czech Republic and Slovak Republic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C96EBF" w14:textId="77777777" w:rsidR="003A5500" w:rsidRPr="00704976" w:rsidRDefault="003A5500" w:rsidP="003A5500">
+    <w:p w14:paraId="7D72BB0C" w14:textId="4F2F9BD1" w:rsidR="00A26838" w:rsidRPr="00E303FB" w:rsidRDefault="00E303FB" w:rsidP="00E303FB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="120"/>
-[...15 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Po konzultaci s potenciálním školitelem je možno zvolit i vlastní téma (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Comparison of business models of wood sales at selected state forest enterprises in Central European countries</w:t>
-[...6 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>After consultation with a potential supervisor, it is also possible to choose your own topic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5398">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74AA7584" w14:textId="77777777" w:rsidR="003A5500" w:rsidRPr="00704976" w:rsidRDefault="003A5500" w:rsidP="003A5500">
-[...69 lines deleted...]
-    <w:sectPr w:rsidR="000B63D5" w:rsidRPr="00704976">
+    <w:sectPr w:rsidR="00A26838" w:rsidRPr="00E303FB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -759,54 +579,57 @@
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A5500"/>
     <w:rsid w:val="003A5500"/>
     <w:rsid w:val="00704976"/>
     <w:rsid w:val="00845217"/>
     <w:rsid w:val="009E0C63"/>
+    <w:rsid w:val="00A26838"/>
     <w:rsid w:val="00AA7E1C"/>
     <w:rsid w:val="00B63D73"/>
+    <w:rsid w:val="00C45F11"/>
     <w:rsid w:val="00C55502"/>
     <w:rsid w:val="00D35F8E"/>
+    <w:rsid w:val="00E303FB"/>
     <w:rsid w:val="00E7411C"/>
     <w:rsid w:val="00F12FD7"/>
     <w:rsid w:val="00FB6312"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -1512,54 +1335,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>315</Words>
-  <Characters>1859</Characters>
+  <Words>239</Words>
+  <Characters>1414</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>11</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2170</CharactersWithSpaces>
+  <CharactersWithSpaces>1650</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kašík Alexandr</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>