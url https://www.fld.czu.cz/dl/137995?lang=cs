--- v0 (2025-10-06)
+++ v1 (2026-01-29)
@@ -1,5839 +1,5460 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kasika\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\marek\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{14E8229C-C637-47A5-A6C3-F05A0506511C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{163F0E51-B461-4335-AC6D-7AEFED502282}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{03A6FAC0-8393-4613-9DA0-B1827EBC90C0}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{E4B1801C-206D-4A59-BD71-911D4D444768}"/>
   </bookViews>
   <sheets>
-    <sheet name="journal fees" sheetId="1" r:id="rId1"/>
+    <sheet name="List1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...1 lines deleted...]
-  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2540" uniqueCount="1833">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3690" uniqueCount="1661">
+  <si>
+    <t>Journal name</t>
+  </si>
+  <si>
+    <t>Publisher</t>
+  </si>
+  <si>
+    <t>ISSN</t>
+  </si>
+  <si>
+    <t>AIS Quartile</t>
+  </si>
+  <si>
+    <t>Article Influence Score</t>
+  </si>
+  <si>
+    <t>open access</t>
+  </si>
+  <si>
+    <t>note</t>
+  </si>
+  <si>
+    <t>hybrid</t>
+  </si>
+  <si>
+    <t>WEB</t>
+  </si>
   <si>
     <t>ACS Chemical Biology</t>
   </si>
   <si>
-    <t>1.298</t>
+    <t>AMER CHEMICAL SOC</t>
+  </si>
+  <si>
+    <t>1554-8929</t>
+  </si>
+  <si>
+    <t>Q1</t>
+  </si>
+  <si>
+    <t>$4,500</t>
+  </si>
+  <si>
+    <t>Please note: there is no charge for publishing in ACS hybrid journals if an open access option is not chosen.</t>
+  </si>
+  <si>
+    <t>yes</t>
+  </si>
+  <si>
+    <t>https://acsopenscience.org/researchers/oa-pricing/#pricing-hybrid</t>
   </si>
   <si>
     <t>ACS Synthetic Biology</t>
   </si>
   <si>
-    <t>1.146</t>
+    <t>2161-5063</t>
   </si>
   <si>
     <t>Acta Crystallographica Section D-Structural Biology</t>
   </si>
   <si>
-    <t>3.561</t>
-[...5 lines deleted...]
-    <t>1.006</t>
+    <t>INT UNION CRYSTALLOGRAPHY</t>
+  </si>
+  <si>
+    <t>2059-7983</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>$5,230</t>
+  </si>
+  <si>
+    <t>IUCr Associate: $1,980 USD, ACA, AfCA, AsCA, ECA or LACA: $2,090 USD</t>
+  </si>
+  <si>
+    <t>(IUCr) Open access</t>
   </si>
   <si>
     <t>AGEING RESEARCH REVIEWS</t>
   </si>
   <si>
-    <t>3.201</t>
+    <t>ELSEVIER IRELAND LTD</t>
+  </si>
+  <si>
+    <t>1568-1637</t>
+  </si>
+  <si>
+    <t>USD 5460</t>
+  </si>
+  <si>
+    <t>Ageing Research Reviews | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>AGING CELL</t>
   </si>
   <si>
-    <t>2.776</t>
-[...5 lines deleted...]
-    <t>1.102</t>
+    <t>WILEY</t>
+  </si>
+  <si>
+    <t>1474-9718</t>
+  </si>
+  <si>
+    <t>$3,790 USD </t>
+  </si>
+  <si>
+    <t>no</t>
+  </si>
+  <si>
+    <t>Aging Cell - Article Publication Charges</t>
+  </si>
+  <si>
+    <t>Agricultural &amp; Environmental Letters</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">$1,900 </t>
+  </si>
+  <si>
+    <t>Open Access - Agricultural &amp; Environmental Letters - Wiley Online Library</t>
+  </si>
+  <si>
+    <t>AGRICULTURAL AND FOREST METEOROLOGY</t>
+  </si>
+  <si>
+    <t>ELSEVIER</t>
+  </si>
+  <si>
+    <t>0168-1923</t>
+  </si>
+  <si>
+    <t>USD 3,680</t>
+  </si>
+  <si>
+    <t>https://www.sciencedirect.com/journal/agricultural-and-forest-meteorology</t>
+  </si>
+  <si>
+    <t>AGRICULTURAL SYSTEMS</t>
+  </si>
+  <si>
+    <t>ELSEVIER SCI LTD</t>
+  </si>
+  <si>
+    <t>0308-521X</t>
+  </si>
+  <si>
+    <t>USD 3,850</t>
+  </si>
+  <si>
+    <t>Agricultural Systems | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>Agricultural Water Management</t>
+  </si>
+  <si>
+    <t>0378-3774</t>
+  </si>
+  <si>
+    <t>USD 3,280</t>
+  </si>
+  <si>
+    <t>Agricultural Water Management | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>AGRICULTURE AND HUMAN VALUES</t>
+  </si>
+  <si>
+    <t>SPRINGER</t>
+  </si>
+  <si>
+    <t>0889-048X</t>
+  </si>
+  <si>
+    <t>$3990.00 USD</t>
+  </si>
+  <si>
+    <t>Open access funding | Agriculture and Human Values</t>
   </si>
   <si>
     <t>AGRICULTURE ECOSYSTEMS &amp; ENVIRONMENT</t>
   </si>
   <si>
-    <t>1.260</t>
+    <t>0167-8809</t>
+  </si>
+  <si>
+    <t>USD 4,300</t>
+  </si>
+  <si>
+    <t>Agriculture, Ecosystems &amp; Environment | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>Agroecology and Sustainable Food Systems</t>
+  </si>
+  <si>
+    <t>TAYLOR &amp; FRANCIS INC</t>
+  </si>
+  <si>
+    <t>2168-3565</t>
+  </si>
+  <si>
+    <t>EUR 4540</t>
+  </si>
+  <si>
+    <t>Open access cost finder - Author Services</t>
+  </si>
+  <si>
+    <t>Agronomy for Sustainable Development</t>
+  </si>
+  <si>
+    <t>SPRINGER FRANCE</t>
+  </si>
+  <si>
+    <t>1774-0746</t>
+  </si>
+  <si>
+    <t>Home | Agronomy for Sustainable Development</t>
   </si>
   <si>
     <t>AIDS</t>
   </si>
   <si>
-    <t>1.435</t>
-[...2 lines deleted...]
-    <t>0.979</t>
+    <t>LIPPINCOTT WILLIAMS &amp; WILKINS</t>
+  </si>
+  <si>
+    <t>0269-9370</t>
+  </si>
+  <si>
+    <t>$4,900</t>
+  </si>
+  <si>
+    <t>CCBY</t>
+  </si>
+  <si>
+    <t>Hybrid Open Access for Articles Accepted for Publication | Lippincott</t>
   </si>
   <si>
     <t>AMERICAN JOURNAL OF HUMAN GENETICS</t>
   </si>
   <si>
-    <t>5.294</t>
-[...5 lines deleted...]
-    <t>1.099</t>
+    <t>CELL PRESS</t>
+  </si>
+  <si>
+    <t>0002-9297</t>
+  </si>
+  <si>
+    <t>Journal print and electronic subscription prices | Elsevier</t>
   </si>
   <si>
     <t>AMERICAN JOURNAL OF MEDICAL GENETICS PART C-SEMINARS IN MEDICAL GENETICS</t>
   </si>
   <si>
-    <t>1.454</t>
+    <t>1552-4868</t>
+  </si>
+  <si>
+    <t>CC BY, CC BY-NC or CC BY-NC-ND</t>
+  </si>
+  <si>
+    <t>Article Publication Charges | Wiley</t>
   </si>
   <si>
     <t>AMERICAN JOURNAL OF PHYSIOLOGY-CELL PHYSIOLOGY</t>
   </si>
   <si>
-    <t>1.361</t>
+    <t>AMER PHYSIOLOGICAL SOC</t>
+  </si>
+  <si>
+    <t>0363-6143</t>
+  </si>
+  <si>
+    <t>$995</t>
+  </si>
+  <si>
+    <t>APS members pay $895, Short Reports: $650, APS members pay $585</t>
+  </si>
+  <si>
+    <t>Flat Fee to Publish</t>
   </si>
   <si>
     <t>AMERICAN JOURNAL OF RESPIRATORY CELL AND MOLECULAR BIOLOGY</t>
   </si>
   <si>
-    <t>1.858</t>
+    <t>AMER THORACIC SOC</t>
+  </si>
+  <si>
+    <t>1044-1549</t>
+  </si>
+  <si>
+    <t>$3900</t>
+  </si>
+  <si>
+    <t>The Journal charges a per article publication fee upon acceptance: $2240 per article for members and $2800 per article for non-members. This charge is not levied if an open access license and fee is paid. Research Letters receive a 50% discount on article charges. There are no article charges for Correspondence, Correspondence Replies, and Editorials.</t>
+  </si>
+  <si>
+    <t>American Journal of Respiratory Cell and Molecular Biology</t>
   </si>
   <si>
     <t>AMERICAN NATURALIST</t>
   </si>
   <si>
-    <t>1.238</t>
+    <t>UNIV CHICAGO PRESS</t>
+  </si>
+  <si>
+    <t>0003-0147</t>
+  </si>
+  <si>
+    <t>$2,500</t>
+  </si>
+  <si>
+    <t>OA</t>
+  </si>
+  <si>
+    <t>The American Naturalist: Instructions for Authors</t>
   </si>
   <si>
     <t>AMYLOID-JOURNAL OF PROTEIN FOLDING DISORDERS</t>
   </si>
   <si>
-    <t>2.516</t>
-[...11 lines deleted...]
-    <t>1.120</t>
+    <t>TAYLOR &amp; FRANCIS LTD</t>
+  </si>
+  <si>
+    <t>1350-6129</t>
+  </si>
+  <si>
+    <t>EUR 4800</t>
+  </si>
+  <si>
+    <t>ANNALS OF AGRICULTURAL SCIENCES</t>
+  </si>
+  <si>
+    <t>0570-1783</t>
+  </si>
+  <si>
+    <t>USD 1,000</t>
+  </si>
+  <si>
+    <t>Annals of Agricultural Sciences | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>ANNALS OF BOTANY</t>
   </si>
   <si>
-    <t>1.016</t>
+    <t>OXFORD UNIV PRESS</t>
+  </si>
+  <si>
+    <t>0305-7364</t>
+  </si>
+  <si>
+    <t>2880.15 GBP</t>
+  </si>
+  <si>
+    <t>CC BY</t>
+  </si>
+  <si>
+    <t>Charges, licences, and self-archiving | Oxford Academic</t>
   </si>
   <si>
     <t>Annals of Clinical Microbiology and Antimicrobials</t>
   </si>
   <si>
-    <t>1.237</t>
+    <t>BMC</t>
+  </si>
+  <si>
+    <t>€2690.00 EUR</t>
+  </si>
+  <si>
+    <t>How to publish with us | Annals of Clinical Microbiology and Antimicrobials</t>
+  </si>
+  <si>
+    <t>ANNALS OF FOREST SCIENCE</t>
+  </si>
+  <si>
+    <t>1286-4560</t>
+  </si>
+  <si>
+    <t>$2390.00 USD</t>
+  </si>
+  <si>
+    <t>Home | Annals of Forest Science</t>
   </si>
   <si>
     <t>Annual Review of Animal Biosciences</t>
   </si>
   <si>
-    <t>3.079</t>
+    <t>ANNUAL REVIEWS</t>
+  </si>
+  <si>
+    <t>2165-8102</t>
+  </si>
+  <si>
+    <t>Annual Reviews recently adopted a “Subscribe to Open (S2O)” model: institutional subscriptions (libraries, consortia) fund the journals, and if subscription support is sufficient, the volumes are published under open-access (e.g. CC-BY) with no charge to authors.</t>
+  </si>
+  <si>
+    <t>Annual Review of Animal Biosciences | Annual Reviews</t>
   </si>
   <si>
     <t>Annual Review of Biochemistry</t>
   </si>
   <si>
-    <t>9.932</t>
+    <t>0066-4154</t>
+  </si>
+  <si>
+    <t>Subscribe to Open | Annual Reviews</t>
+  </si>
+  <si>
+    <t>Annual Review of Biomedical Data Science</t>
+  </si>
+  <si>
+    <t>2574-3414</t>
   </si>
   <si>
     <t>Annual Review of Biophysics</t>
   </si>
   <si>
-    <t>5.606</t>
+    <t>1936-122X</t>
   </si>
   <si>
     <t>Annual Review of Cell and Developmental Biology</t>
   </si>
   <si>
-    <t>6.245</t>
-[...5 lines deleted...]
-    <t>6.282</t>
+    <t>1081-0706</t>
   </si>
   <si>
     <t>Annual Review of Entomology</t>
   </si>
   <si>
-    <t>6.294</t>
+    <t>0066-4170</t>
   </si>
   <si>
     <t>Annual Review of Genetics</t>
   </si>
   <si>
-    <t>7.978</t>
+    <t>0066-4197</t>
   </si>
   <si>
     <t>Annual Review of Genomics and Human Genetics</t>
   </si>
   <si>
-    <t>4.865</t>
+    <t>1527-8204</t>
   </si>
   <si>
     <t>Annual Review of Marine Science</t>
   </si>
   <si>
-    <t>5.745</t>
+    <t>1941-1405</t>
   </si>
   <si>
     <t>Annual Review of Microbiology</t>
   </si>
   <si>
-    <t>4.133</t>
+    <t>0066-4227</t>
   </si>
   <si>
     <t>Annual Review of Phytopathology</t>
   </si>
   <si>
-    <t>3.018</t>
+    <t>0066-4286</t>
   </si>
   <si>
     <t>Annual Review of Plant Biology</t>
   </si>
   <si>
-    <t>8.605</t>
+    <t>1543-5008</t>
   </si>
   <si>
     <t>Annual Review of Virology</t>
   </si>
   <si>
-    <t>4.344</t>
+    <t>2327-056X</t>
   </si>
   <si>
     <t>ANTIMICROBIAL AGENTS AND CHEMOTHERAPY</t>
   </si>
   <si>
-    <t>1.230</t>
+    <t>AMER SOC MICROBIOLOGY</t>
+  </si>
+  <si>
+    <t>0066-4804</t>
+  </si>
+  <si>
+    <t>$221 per page as non-member</t>
+  </si>
+  <si>
+    <t>Publication Fees</t>
   </si>
   <si>
     <t>Antimicrobial Resistance and Infection Control</t>
   </si>
   <si>
-    <t>1.395</t>
+    <t>2047-2994</t>
+  </si>
+  <si>
+    <t>€2790.00 EUR</t>
+  </si>
+  <si>
+    <t>Open access funding | Antimicrobial Resistance &amp; Infection Control</t>
   </si>
   <si>
     <t>Antioxidants</t>
   </si>
   <si>
-    <t>1.010</t>
+    <t>MDPI</t>
+  </si>
+  <si>
+    <t>CHF 2900</t>
+  </si>
+  <si>
+    <t>Antioxidants | An Open Access Journal from MDPI</t>
   </si>
   <si>
     <t>ANTIOXIDANTS &amp; REDOX SIGNALING</t>
   </si>
   <si>
-    <t>2.362</t>
+    <t>MARY ANN LIEBERT, INC</t>
+  </si>
+  <si>
+    <t>1523-0864</t>
+  </si>
+  <si>
+    <t>$4,000 USD</t>
+  </si>
+  <si>
+    <t>Antioxidants and Redox Signaling Impact Factor, Indexing, Ranking, Quartile, Abbreviation 2025 - JournalsInsights</t>
   </si>
   <si>
     <t>ANTIVIRAL RESEARCH</t>
   </si>
   <si>
-    <t>1.271</t>
-[...2 lines deleted...]
-    <t>0.713</t>
+    <t>0166-3542</t>
+  </si>
+  <si>
+    <t>USD 3,950</t>
+  </si>
+  <si>
+    <t>Antiviral Research | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>APOPTOSIS</t>
   </si>
   <si>
-    <t>1.100</t>
+    <t>1360-8185</t>
+  </si>
+  <si>
+    <t>Home | Apoptosis</t>
+  </si>
+  <si>
+    <t>APPETITE</t>
+  </si>
+  <si>
+    <t>ACADEMIC PRESS LTD- ELSEVIER SCIENCE LTD</t>
+  </si>
+  <si>
+    <t>0195-6663</t>
+  </si>
+  <si>
+    <t>USD 4,310</t>
+  </si>
+  <si>
+    <t>Appetite | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>APPLIED AND ENVIRONMENTAL MICROBIOLOGY</t>
   </si>
   <si>
-    <t>1.070</t>
+    <t>0099-2240</t>
+  </si>
+  <si>
+    <t>APPLIED SOIL ECOLOGY</t>
+  </si>
+  <si>
+    <t>0929-1393</t>
+  </si>
+  <si>
+    <t>USD 4,390</t>
+  </si>
+  <si>
+    <t>Applied Soil Ecology | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>APPLIED VEGETATION SCIENCE</t>
   </si>
   <si>
-    <t>0.654</t>
+    <t>1402-2001</t>
+  </si>
+  <si>
+    <t>AQUACULTURAL ENGINEERING</t>
+  </si>
+  <si>
+    <t>0144-8609</t>
+  </si>
+  <si>
+    <t>USD 3,330</t>
+  </si>
+  <si>
+    <t>Aquacultural Engineering | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>AQUACULTURE</t>
   </si>
   <si>
-    <t>0.809</t>
-[...5 lines deleted...]
-    <t>1.519</t>
+    <t>0044-8486</t>
+  </si>
+  <si>
+    <t>USD 3,710</t>
+  </si>
+  <si>
+    <t>Aquaculture | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>AQUACULTURE ECONOMICS &amp; MANAGEMENT</t>
+  </si>
+  <si>
+    <t>1365-7305</t>
+  </si>
+  <si>
+    <t>EUR 4215</t>
+  </si>
+  <si>
+    <t>Aquaculture Environment Interactions</t>
+  </si>
+  <si>
+    <t>INTER-RESEARCH</t>
+  </si>
+  <si>
+    <t>1869-215X</t>
+  </si>
+  <si>
+    <t>Inter-Research: Open Access &amp; Fee waivers</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence in Agriculture</t>
+  </si>
+  <si>
+    <t>KEAI PUBLISHING LTD</t>
+  </si>
+  <si>
+    <t>2097-2113</t>
+  </si>
+  <si>
+    <t>735 USD</t>
+  </si>
+  <si>
+    <t>Artificial Intelligence in Agriculture Impact Factor, Indexing, Ranking, Quartile, Abbreviation 2025 - JournalsInsights</t>
+  </si>
+  <si>
+    <t>Autism Research</t>
+  </si>
+  <si>
+    <t>1939-3792</t>
   </si>
   <si>
     <t>Autophagy</t>
   </si>
   <si>
-    <t>4.340</t>
-[...5 lines deleted...]
-    <t>1.092</t>
+    <t>1554-8627</t>
+  </si>
+  <si>
+    <t>Autophagy | Journal | Taylor &amp; Francis Online</t>
+  </si>
+  <si>
+    <t>BASIC AND APPLIED ECOLOGY</t>
+  </si>
+  <si>
+    <t>ELSEVIER GMBH</t>
+  </si>
+  <si>
+    <t>1439-1791</t>
+  </si>
+  <si>
+    <t>USD 1,800</t>
+  </si>
+  <si>
+    <t>Basic and Applied Ecology | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>Behavioral and Brain Functions</t>
+  </si>
+  <si>
+    <t>Home | Behavioral and Brain Functions</t>
+  </si>
+  <si>
+    <t>BEHAVIORAL AND BRAIN SCIENCES</t>
+  </si>
+  <si>
+    <t>CAMBRIDGE UNIV PRESS</t>
+  </si>
+  <si>
+    <t>0140-525X</t>
+  </si>
+  <si>
+    <t>no fees</t>
+  </si>
+  <si>
+    <t>Behavioral and Brain Sciences | Cambridge Core</t>
+  </si>
+  <si>
+    <t>BEHAVIORAL MEDICINE</t>
+  </si>
+  <si>
+    <t>ROUTLEDGE JOURNALS, TAYLOR &amp; FRANCIS LTD</t>
+  </si>
+  <si>
+    <t>0896-4289</t>
+  </si>
+  <si>
+    <t>EUR 3840</t>
+  </si>
+  <si>
+    <t>Beneficial Microbes</t>
+  </si>
+  <si>
+    <t>BRILL</t>
+  </si>
+  <si>
+    <t>1876-2883</t>
+  </si>
+  <si>
+    <t>$1,297.00</t>
+  </si>
+  <si>
+    <t>institutional price</t>
+  </si>
+  <si>
+    <t>Beneficial Microbes | Brill</t>
+  </si>
+  <si>
+    <t>Biochar</t>
+  </si>
+  <si>
+    <t>SPRINGER SINGAPORE PTE LTD</t>
+  </si>
+  <si>
+    <t>2524-7972</t>
+  </si>
+  <si>
+    <t>$2690.00 USD</t>
+  </si>
+  <si>
+    <t>Home | Biochar</t>
+  </si>
+  <si>
+    <t>BIOCHEMICAL JOURNAL</t>
+  </si>
+  <si>
+    <t>PORTLAND PRESS LTD</t>
+  </si>
+  <si>
+    <t>0264-6021</t>
+  </si>
+  <si>
+    <t>$2155</t>
+  </si>
+  <si>
+    <t>Open access options and prices | Portland Press</t>
+  </si>
+  <si>
+    <t>BIOCHEMICAL SOCIETY TRANSACTIONS</t>
+  </si>
+  <si>
+    <t>0300-5127</t>
+  </si>
+  <si>
+    <t>Biochimica et Biophysica Acta-Gene Regulatory Mechanisms</t>
+  </si>
+  <si>
+    <t>1874-9399</t>
+  </si>
+  <si>
+    <t>USD 3,650</t>
+  </si>
+  <si>
+    <t>Biochimica et Biophysica Acta (BBA) - Gene Regulatory Mechanisms | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>BIOCHIMICA ET BIOPHYSICA ACTA-MOLECULAR AND CELL BIOLOGY OF LIPIDS</t>
+  </si>
+  <si>
+    <t>1388-1981</t>
+  </si>
+  <si>
+    <t>USD 3,560</t>
+  </si>
+  <si>
+    <t>Biochimica et Biophysica Acta (BBA) - Molecular and Cell Biology of Lipids | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>BIOCHIMICA ET BIOPHYSICA ACTA-MOLECULAR BASIS OF DISEASE</t>
+  </si>
+  <si>
+    <t>0925-4439</t>
+  </si>
+  <si>
+    <t>USD 3,810</t>
+  </si>
+  <si>
+    <t>Biochimica et Biophysica Acta (BBA) - Molecular Basis of Disease | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>BIOCHIMICA ET BIOPHYSICA ACTA-MOLECULAR CELL RESEARCH</t>
+  </si>
+  <si>
+    <t>0167-4889</t>
+  </si>
+  <si>
+    <t>USD 3,730</t>
+  </si>
+  <si>
+    <t>Biochimica et Biophysica Acta (BBA) - Molecular Cell Research | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>BIOCHIMICA ET BIOPHYSICA ACTA-REVIEWS ON CANCER</t>
+  </si>
+  <si>
+    <t>0304-419X</t>
+  </si>
+  <si>
+    <t>USD 4,820</t>
+  </si>
+  <si>
+    <t>Biochimica et Biophysica Acta (BBA) - Reviews on Cancer | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>BioData Mining</t>
   </si>
   <si>
-    <t>1.004</t>
+    <t>1756-0381</t>
+  </si>
+  <si>
+    <t>€2190.00 EUR</t>
+  </si>
+  <si>
+    <t>Home | BioData Mining</t>
   </si>
   <si>
     <t>BIOESSAYS</t>
   </si>
   <si>
-    <t>1.383</t>
+    <t>0265-9247</t>
   </si>
   <si>
     <t>Biogeosciences</t>
   </si>
   <si>
-    <t>1.565</t>
-[...41 lines deleted...]
-    <t>2.469</t>
+    <t>COPERNICUS GESELLSCHAFT MBH</t>
+  </si>
+  <si>
+    <t>1726-4170</t>
+  </si>
+  <si>
+    <t>BG - Article processing charges</t>
   </si>
   <si>
     <t>BIOINFORMATICS</t>
   </si>
   <si>
-    <t>3.051</t>
+    <t>1367-4803</t>
+  </si>
+  <si>
+    <t>4,188 USD</t>
   </si>
   <si>
     <t>BIOLOGICAL CONSERVATION</t>
   </si>
   <si>
-    <t>1.781</t>
-[...5 lines deleted...]
-    <t>1.021</t>
+    <t>0006-3207</t>
+  </si>
+  <si>
+    <t>USD 3,640</t>
+  </si>
+  <si>
+    <t>Biological Conservation | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>BIOLOGICAL RESEARCH</t>
   </si>
   <si>
-    <t>1.133</t>
+    <t>SOC BIOLGIA CHILE</t>
+  </si>
+  <si>
+    <t>0716-9760</t>
+  </si>
+  <si>
+    <t>€ 2390.00</t>
+  </si>
+  <si>
+    <t>How to publish with us | Biological Research</t>
   </si>
   <si>
     <t>BIOLOGICAL REVIEWS</t>
   </si>
   <si>
-    <t>4.552</t>
-[...2 lines deleted...]
-    <t>0.978</t>
+    <t>1464-7931</t>
+  </si>
+  <si>
+    <t>BIOLOGY AND FERTILITY OF SOILS</t>
+  </si>
+  <si>
+    <t>0178-2762</t>
+  </si>
+  <si>
+    <t>Home | Biology and Fertility of Soils</t>
+  </si>
+  <si>
+    <t>Biology Direct</t>
+  </si>
+  <si>
+    <t>€2490.00 EUR</t>
+  </si>
+  <si>
+    <t>Home | Biology Direct</t>
   </si>
   <si>
     <t>Biology Letters</t>
   </si>
   <si>
-    <t>1.212</t>
+    <t>ROYAL SOC</t>
+  </si>
+  <si>
+    <t>1744-9561</t>
+  </si>
+  <si>
+    <t>US $2,795</t>
+  </si>
+  <si>
+    <t>Open Access Membership for authors | Royal Society</t>
   </si>
   <si>
     <t>Biology of Sex Differences</t>
   </si>
   <si>
-    <t>1.812</t>
-[...8 lines deleted...]
-    <t>1.018</t>
+    <t>Home | Biology of Sex Differences</t>
   </si>
   <si>
     <t>Biomedical Journal</t>
   </si>
   <si>
-    <t>1.197</t>
+    <t>2319-4170</t>
+  </si>
+  <si>
+    <t>USD 2,700</t>
+  </si>
+  <si>
+    <t>Discounted Article Publishing Charge (APC): USD 1,498.5 (excluding taxes). This discount is valid for articles submitted by 31 December 2026</t>
+  </si>
+  <si>
+    <t>Biomedical Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>BIOMETRICAL JOURNAL</t>
   </si>
   <si>
-    <t>1.198</t>
+    <t>0323-3847</t>
   </si>
   <si>
     <t>BIOMETRICS</t>
   </si>
   <si>
-    <t>1.467</t>
+    <t>0006-341X</t>
+  </si>
+  <si>
+    <t>3969 USD</t>
+  </si>
+  <si>
+    <t>CC BY-NC-ND</t>
   </si>
   <si>
     <t>BIOMETRIKA</t>
   </si>
   <si>
-    <t>3.529</t>
+    <t>0006-3444</t>
+  </si>
+  <si>
+    <t>2860.2 GBP</t>
   </si>
   <si>
     <t>Biomolecules</t>
   </si>
   <si>
-    <t>1.045</t>
+    <t>CHF 2700</t>
+  </si>
+  <si>
+    <t>Biomolecules | An Open Access Journal from MDPI</t>
   </si>
   <si>
     <t>BIOPHYSICAL JOURNAL</t>
   </si>
   <si>
-    <t>1.131</t>
+    <t>0006-3495</t>
   </si>
   <si>
     <t>BIOSCIENCE</t>
   </si>
   <si>
-    <t>3.175</t>
-[...2 lines deleted...]
-    <t>Bioscience of Microbiota Food and Health</t>
+    <t>0006-3568</t>
+  </si>
+  <si>
+    <t>5342.4 USD</t>
+  </si>
+  <si>
+    <t>CC BY-NC</t>
   </si>
   <si>
     <t>BIOSENSORS &amp; BIOELECTRONICS</t>
   </si>
   <si>
-    <t>1.573</t>
+    <t>ELSEVIER ADVANCED TECHNOLOGY</t>
+  </si>
+  <si>
+    <t>0956-5663</t>
+  </si>
+  <si>
+    <t>USD 5,440</t>
+  </si>
+  <si>
+    <t>Biosensors and Bioelectronics | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>BIOSTATISTICS</t>
   </si>
   <si>
-    <t>2.017</t>
-[...2 lines deleted...]
-    <t>0.722</t>
+    <t>1465-4644</t>
+  </si>
+  <si>
+    <t>3460.8 USD</t>
+  </si>
+  <si>
+    <t>BIOSYSTEMS ENGINEERING</t>
+  </si>
+  <si>
+    <t>ACADEMIC PRESS INC ELSEVIER SCIENCE</t>
+  </si>
+  <si>
+    <t>1537-5110</t>
+  </si>
+  <si>
+    <t>USD 3,350</t>
+  </si>
+  <si>
+    <t>Biosystems Engineering | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>BMC BIOINFORMATICS</t>
   </si>
   <si>
-    <t>1.323</t>
+    <t>1471-2105</t>
+  </si>
+  <si>
+    <t>Home | BMC Bioinformatics</t>
   </si>
   <si>
     <t>BMC BIOLOGY</t>
   </si>
   <si>
-    <t>1.907</t>
+    <t>€2990.00 EUR</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/12915?utm_source=slink&amp;utm_medium=journal_finder</t>
   </si>
   <si>
     <t>BMC GENOMICS</t>
   </si>
   <si>
-    <t>1.115</t>
-[...2 lines deleted...]
-    <t>0.674</t>
+    <t>1471-2164</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/12864?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>BOTANICAL REVIEW</t>
+  </si>
+  <si>
+    <t>0006-8101</t>
+  </si>
+  <si>
+    <t>Open access funding | The Botanical Review</t>
   </si>
   <si>
     <t>BRIEFINGS IN BIOINFORMATICS</t>
   </si>
   <si>
-    <t>2.256</t>
+    <t>1467-5463</t>
+  </si>
+  <si>
+    <t>CC BY-NC, OA</t>
   </si>
   <si>
     <t>BULLETIN OF THE AMERICAN MUSEUM OF NATURAL HISTORY</t>
   </si>
   <si>
-    <t>1.404</t>
+    <t>AMER MUSEUM NATURAL HISTORY</t>
+  </si>
+  <si>
+    <t>0003-0090</t>
+  </si>
+  <si>
+    <t> $85.00 per printed page</t>
+  </si>
+  <si>
+    <t>Author Submissions: Museum Publication Guidelines | AMNH</t>
   </si>
   <si>
     <t>CANADIAN JOURNAL OF FISHERIES AND AQUATIC SCIENCES</t>
   </si>
   <si>
-    <t>0.614</t>
+    <t>CANADIAN SCIENCE PUBLISHING</t>
+  </si>
+  <si>
+    <t>0706-652X</t>
+  </si>
+  <si>
+    <t>$3,900</t>
+  </si>
+  <si>
+    <t>Canadian Science Publishing</t>
   </si>
   <si>
     <t>Cancer &amp; Metabolism</t>
   </si>
   <si>
-    <t>1.447</t>
+    <t>https://link.springer.com/journal/40170?utm_source=slink&amp;utm_medium=journal_finder</t>
   </si>
   <si>
     <t>CANCER CELL</t>
   </si>
   <si>
-    <t>18.034</t>
+    <t>1535-6108</t>
   </si>
   <si>
     <t>CANCER GENE THERAPY</t>
   </si>
   <si>
-    <t>1.134</t>
+    <t>SPRINGERNATURE</t>
+  </si>
+  <si>
+    <t>0929-1903</t>
+  </si>
+  <si>
+    <t>Cancer Gene Therapy</t>
+  </si>
+  <si>
+    <t>CATENA</t>
+  </si>
+  <si>
+    <t>0341-8162</t>
+  </si>
+  <si>
+    <t>USD 3,790</t>
+  </si>
+  <si>
+    <t>CATENA | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>CELL</t>
   </si>
   <si>
-    <t>24.225</t>
+    <t>0092-8674</t>
   </si>
   <si>
     <t>Cell and Bioscience</t>
   </si>
   <si>
-    <t>1.596</t>
+    <t>Home | Cell &amp; Bioscience</t>
   </si>
   <si>
     <t>CELL BIOLOGY AND TOXICOLOGY</t>
   </si>
   <si>
-    <t>1.098</t>
+    <t>0742-2091</t>
+  </si>
+  <si>
+    <t>Home | Cell Biology and Toxicology</t>
   </si>
   <si>
     <t>CELL CALCIUM</t>
   </si>
   <si>
-    <t>1.206</t>
+    <t>0143-4160</t>
+  </si>
+  <si>
+    <t>USD 3,750</t>
+  </si>
+  <si>
+    <t>Cell Calcium | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>Cell Chemical Biology</t>
+  </si>
+  <si>
+    <t>2451-9456</t>
   </si>
   <si>
     <t>Cell Communication and Signaling</t>
   </si>
   <si>
-    <t>1.807</t>
+    <t>€2890.00 EUR</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/12964?utm_source=slink&amp;utm_medium=journal_finder</t>
   </si>
   <si>
     <t>Cell Death &amp; Disease</t>
   </si>
   <si>
-    <t>1.994</t>
+    <t>2041-4889</t>
+  </si>
+  <si>
+    <t>$4990.00 USD</t>
   </si>
   <si>
     <t>CELL DEATH AND DIFFERENTIATION</t>
   </si>
   <si>
-    <t>3.675</t>
+    <t>1350-9047</t>
+  </si>
+  <si>
+    <t>Cell Death &amp; Differentiation</t>
   </si>
   <si>
     <t>Cell Death Discovery</t>
   </si>
   <si>
-    <t>1.379</t>
-[...1 lines deleted...]
-  <si>
     <t>Cell Discovery</t>
   </si>
   <si>
-    <t>10.323</t>
+    <t>$3590.00 USD</t>
   </si>
   <si>
     <t>Cell Host &amp; Microbe</t>
   </si>
   <si>
-    <t>8.455</t>
-[...5 lines deleted...]
-    <t>2.888</t>
+    <t>1931-3128</t>
   </si>
   <si>
     <t>Cell Metabolism</t>
   </si>
   <si>
-    <t>11.608</t>
+    <t>1550-4131</t>
   </si>
   <si>
     <t>CELL PROLIFERATION</t>
   </si>
   <si>
-    <t>1.503</t>
+    <t>0960-7722</t>
+  </si>
+  <si>
+    <t>3100 EUR</t>
   </si>
   <si>
     <t>Cell Reports</t>
   </si>
   <si>
-    <t>3.775</t>
+    <t>2211-1247</t>
+  </si>
+  <si>
+    <t>Cell Reports Medicine</t>
+  </si>
+  <si>
+    <t>2666-3791</t>
   </si>
   <si>
     <t>CELL RESEARCH</t>
   </si>
   <si>
-    <t>12.941</t>
+    <t>1001-0602</t>
+  </si>
+  <si>
+    <t>Cell Research</t>
   </si>
   <si>
     <t>Cell Stem Cell</t>
   </si>
   <si>
-    <t>10.417</t>
+    <t>1934-5909</t>
   </si>
   <si>
     <t>Cell Systems</t>
   </si>
   <si>
-    <t>6.405</t>
+    <t>2405-4712</t>
   </si>
   <si>
     <t>Cells</t>
   </si>
   <si>
-    <t>1.337</t>
+    <t>Cells | An Open Access Journal from MDPI</t>
+  </si>
+  <si>
+    <t>Cells &amp; Development</t>
+  </si>
+  <si>
+    <t>2667-2901</t>
+  </si>
+  <si>
+    <t>USD 3,700</t>
+  </si>
+  <si>
+    <t>Cells &amp; Development | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>CELLULAR &amp; MOLECULAR BIOLOGY LETTERS</t>
   </si>
   <si>
-    <t>1.527</t>
+    <t>1425-8153</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/11658?utm_source=slink&amp;utm_medium=journal_finder</t>
   </si>
   <si>
     <t>CELLULAR AND MOLECULAR LIFE SCIENCES</t>
   </si>
   <si>
-    <t>2.033</t>
-[...11 lines deleted...]
-    <t>1.042</t>
+    <t>SPRINGER BASEL AG</t>
+  </si>
+  <si>
+    <t>1420-682X</t>
+  </si>
+  <si>
+    <t>Home | Cellular and Molecular Life Sciences</t>
+  </si>
+  <si>
+    <t>CELLULAR AND MOLECULAR NEUROBIOLOGY</t>
+  </si>
+  <si>
+    <t>SPRINGER/PLENUM PUBLISHERS</t>
+  </si>
+  <si>
+    <t>0272-4340</t>
+  </si>
+  <si>
+    <t>Home | Cellular and Molecular Neurobiology</t>
   </si>
   <si>
     <t>CELLULAR ONCOLOGY</t>
   </si>
   <si>
-    <t>1.095</t>
-[...2 lines deleted...]
-    <t>CELLULAR SIGNALLING</t>
+    <t>2211-3428</t>
+  </si>
+  <si>
+    <t>Home | Cellular Oncology</t>
+  </si>
+  <si>
+    <t>Chemical and Biological Technologies in Agriculture</t>
+  </si>
+  <si>
+    <t>$2790.00 USD</t>
+  </si>
+  <si>
+    <t>Home | Chemical and Biological Technologies in Agriculture</t>
+  </si>
+  <si>
+    <t>CHROMOSOME RESEARCH</t>
+  </si>
+  <si>
+    <t>0967-3849</t>
+  </si>
+  <si>
+    <t>Home | Chromosome Research</t>
   </si>
   <si>
     <t>Circulation-Genomic and Precision Medicine</t>
   </si>
   <si>
-    <t>3.279</t>
+    <t>2574-8300</t>
+  </si>
+  <si>
+    <t>$5,400</t>
   </si>
   <si>
     <t>CLADISTICS</t>
   </si>
   <si>
-    <t>1.295</t>
+    <t>0748-3007</t>
   </si>
   <si>
     <t>Clinical Epigenetics</t>
   </si>
   <si>
-    <t>1.593</t>
+    <t>1868-7075</t>
+  </si>
+  <si>
+    <t>€3190.00 EUR</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/13148?utm_source=slink&amp;utm_medium=journal_finder</t>
   </si>
   <si>
     <t>CLINICAL GENETICS</t>
   </si>
   <si>
-    <t>1.347</t>
+    <t>0009-9163</t>
   </si>
   <si>
     <t>CLINICAL INFECTIOUS DISEASES</t>
   </si>
   <si>
-    <t>3.149</t>
+    <t>OXFORD UNIV PRESS INC</t>
+  </si>
+  <si>
+    <t>1058-4838</t>
+  </si>
+  <si>
+    <t>5001.15 USD</t>
   </si>
   <si>
     <t>CLINICAL MICROBIOLOGY AND INFECTION</t>
   </si>
   <si>
-    <t>2.828</t>
+    <t>1198-743X</t>
+  </si>
+  <si>
+    <t>USD 3780</t>
+  </si>
+  <si>
+    <t>Clinical Microbiology and Infection</t>
   </si>
   <si>
     <t>CLINICAL MICROBIOLOGY REVIEWS</t>
   </si>
   <si>
-    <t>9.234</t>
+    <t>0893-8512</t>
+  </si>
+  <si>
+    <t>We do not charge publication fees for the following article types</t>
+  </si>
+  <si>
+    <t>COGNITIVE AFFECTIVE &amp; BEHAVIORAL NEUROSCIENCE</t>
+  </si>
+  <si>
+    <t>1530-7026</t>
+  </si>
+  <si>
+    <t>How to publish with us | Cognitive, Affective, &amp; Behavioral Neuroscience</t>
   </si>
   <si>
     <t>Cold Spring Harbor Perspectives in Biology</t>
   </si>
   <si>
-    <t>4.136</t>
+    <t>COLD SPRING HARBOR LAB PRESS, PUBLICATIONS DEPT</t>
+  </si>
+  <si>
+    <t>1943-0264</t>
+  </si>
+  <si>
+    <t>No APC available / not applicable for authors</t>
+  </si>
+  <si>
+    <t>Help</t>
   </si>
   <si>
     <t>Communications Biology</t>
   </si>
   <si>
-    <t>2.034</t>
+    <t>NATURE PORTFOLIO</t>
+  </si>
+  <si>
+    <t>€3490.00 EUR</t>
+  </si>
+  <si>
+    <t>https://www.nature.com/commsbio/?utm_source=slink&amp;utm_medium=journal_finder</t>
   </si>
   <si>
     <t>Computational and Structural Biotechnology Journal</t>
   </si>
   <si>
-    <t>1.352</t>
+    <t>2001-0370</t>
+  </si>
+  <si>
+    <t>USD 3230</t>
+  </si>
+  <si>
+    <t>COMPUTERS AND ELECTRONICS IN AGRICULTURE</t>
+  </si>
+  <si>
+    <t>0168-1699</t>
+  </si>
+  <si>
+    <t>Computers and Electronics in Agriculture | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>COMPUTERS IN BIOLOGY AND MEDICINE</t>
   </si>
   <si>
-    <t>1.254</t>
+    <t>PERGAMON-ELSEVIER SCIENCE LTD</t>
+  </si>
+  <si>
+    <t>0010-4825</t>
+  </si>
+  <si>
+    <t>USD 3,080</t>
+  </si>
+  <si>
+    <t>Computers in Biology and Medicine | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>CONSERVATION BIOLOGY</t>
   </si>
   <si>
-    <t>1.958</t>
+    <t>0888-8892</t>
   </si>
   <si>
     <t>Conservation Letters</t>
   </si>
   <si>
-    <t>2.796</t>
-[...5 lines deleted...]
-    <t>1.046</t>
+    <t>1755-263X</t>
+  </si>
+  <si>
+    <t>2920 EUR</t>
+  </si>
+  <si>
+    <t>CORTEX</t>
+  </si>
+  <si>
+    <t>ELSEVIER MASSON, CORP OFF</t>
+  </si>
+  <si>
+    <t>0010-9452</t>
+  </si>
+  <si>
+    <t>Cortex | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>CRISPR Journal</t>
   </si>
   <si>
-    <t>2.180</t>
+    <t>2573-1599</t>
+  </si>
+  <si>
+    <t>$4,000</t>
+  </si>
+  <si>
+    <t>The CRISPR Journal | Mary Ann Liebert, Inc., publishers</t>
   </si>
   <si>
     <t>CRITICAL REVIEWS IN BIOCHEMISTRY AND MOLECULAR BIOLOGY</t>
   </si>
   <si>
-    <t>3.084</t>
+    <t>1040-9238</t>
   </si>
   <si>
     <t>CRITICAL REVIEWS IN MICROBIOLOGY</t>
   </si>
   <si>
-    <t>1.731</t>
+    <t>1040-841X</t>
   </si>
   <si>
     <t>CRITICAL REVIEWS IN PLANT SCIENCES</t>
   </si>
   <si>
-    <t>1.567</t>
+    <t>0735-2689</t>
+  </si>
+  <si>
+    <t>Learn about Critical Reviews in Plant Sciences</t>
   </si>
   <si>
     <t>Crop Journal</t>
   </si>
   <si>
-    <t>0.964</t>
+    <t>2095-5421</t>
+  </si>
+  <si>
+    <t>USD 1890</t>
+  </si>
+  <si>
+    <t>Open Access Journal | The Crop Journal</t>
   </si>
   <si>
     <t>CURRENT BIOLOGY</t>
   </si>
   <si>
-    <t>4.380</t>
+    <t>0960-9822</t>
+  </si>
+  <si>
+    <t>Current Forestry Reports</t>
+  </si>
+  <si>
+    <t>SPRINGER INT PUBL AG</t>
+  </si>
+  <si>
+    <t>2198-6436</t>
+  </si>
+  <si>
+    <t>Home | Current Forestry Reports</t>
+  </si>
+  <si>
+    <t>Current Opinion in Behavioral Sciences</t>
+  </si>
+  <si>
+    <t>2352-1546</t>
+  </si>
+  <si>
+    <t>USD 4500</t>
+  </si>
+  <si>
+    <t>Open access information - Current Opinion in Behavioral Sciences - ISSN 2352-1546 | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>CURRENT OPINION IN BIOTECHNOLOGY</t>
   </si>
   <si>
-    <t>2.024</t>
+    <t>0958-1669</t>
+  </si>
+  <si>
+    <t>Current Opinion in Biotechnology | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>CURRENT OPINION IN CELL BIOLOGY</t>
   </si>
   <si>
-    <t>2.772</t>
+    <t>CURRENT BIOLOGY LTD</t>
+  </si>
+  <si>
+    <t>0955-0674</t>
+  </si>
+  <si>
+    <t>USD 4,220</t>
+  </si>
+  <si>
+    <t>Current Opinion in Cell Biology | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>CURRENT OPINION IN CHEMICAL BIOLOGY</t>
+  </si>
+  <si>
+    <t>1367-5931</t>
+  </si>
+  <si>
+    <t>USD 4,320</t>
+  </si>
+  <si>
+    <t>Current Opinion in Chemical Biology | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>CURRENT OPINION IN GENETICS &amp; DEVELOPMENT</t>
   </si>
   <si>
-    <t>2.086</t>
-[...5 lines deleted...]
-    <t>2.306</t>
+    <t>0959-437X</t>
+  </si>
+  <si>
+    <t>USD 4,060</t>
+  </si>
+  <si>
+    <t>Current Opinion in Genetics &amp; Development | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>Current Opinion in Insect Science</t>
   </si>
   <si>
-    <t>1.804</t>
+    <t>2214-5745</t>
+  </si>
+  <si>
+    <t>USD 4610</t>
+  </si>
+  <si>
+    <t>Open access information - Current Opinion in Insect Science - ISSN 2214-5745 | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>CURRENT OPINION IN LIPIDOLOGY</t>
   </si>
   <si>
-    <t>1.199</t>
+    <t>0957-9672</t>
+  </si>
+  <si>
+    <t>$4,700</t>
   </si>
   <si>
     <t>CURRENT OPINION IN MICROBIOLOGY</t>
   </si>
   <si>
-    <t>2.151</t>
+    <t>1369-5274</t>
+  </si>
+  <si>
+    <t>USD 4,160</t>
+  </si>
+  <si>
+    <t>Open access information - Current Opinion in Microbiology - ISSN 1369-5274 | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>CURRENT OPINION IN PLANT BIOLOGY</t>
   </si>
   <si>
-    <t>2.442</t>
+    <t>1369-5266</t>
+  </si>
+  <si>
+    <t>USD 4,570</t>
+  </si>
+  <si>
+    <t>Open access information - Current Opinion in Plant Biology - ISSN 1369-5266 | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>CURRENT OPINION IN STRUCTURAL BIOLOGY</t>
   </si>
   <si>
-    <t>2.485</t>
+    <t>0959-440X</t>
+  </si>
+  <si>
+    <t>USD 4,170</t>
+  </si>
+  <si>
+    <t>Current Opinion in Structural Biology | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>Current Opinion in Virology</t>
   </si>
   <si>
-    <t>1.736</t>
-[...2 lines deleted...]
-    <t>0.592</t>
+    <t>1879-6257</t>
+  </si>
+  <si>
+    <t>USD 4,240</t>
+  </si>
+  <si>
+    <t>Current Opinion in Virology | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>CYTOKINE &amp; GROWTH FACTOR REVIEWS</t>
   </si>
   <si>
-    <t>2.166</t>
-[...2 lines deleted...]
-    <t>CYTOMETRY PART A</t>
+    <t>1359-6101</t>
+  </si>
+  <si>
+    <t>USD 4,660</t>
+  </si>
+  <si>
+    <t>Cytokine &amp; Growth Factor Reviews | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>CYTOTHERAPY</t>
   </si>
   <si>
-    <t>1.020</t>
+    <t>1465-3249</t>
+  </si>
+  <si>
+    <t>USD 3300</t>
+  </si>
+  <si>
+    <t>Cytotherapy</t>
   </si>
   <si>
     <t>Database-The Journal of Biological Databases and Curation</t>
   </si>
   <si>
-    <t>1.460</t>
+    <t>1758-0463</t>
+  </si>
+  <si>
+    <t>DENDROCHRONOLOGIA</t>
+  </si>
+  <si>
+    <t>1125-7865</t>
+  </si>
+  <si>
+    <t>USD 3,220</t>
+  </si>
+  <si>
+    <t>Dendrochronologia | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>DEVELOPMENT</t>
   </si>
   <si>
-    <t>2.218</t>
-[...5 lines deleted...]
-    <t>1.057</t>
+    <t>COMPANY BIOLOGISTS LTD</t>
+  </si>
+  <si>
+    <t>0950-1991</t>
+  </si>
+  <si>
+    <t>$5,400 for OA</t>
+  </si>
+  <si>
+    <t>Open Access | Development | The Company of Biologists</t>
   </si>
   <si>
     <t>DEVELOPMENTAL CELL</t>
   </si>
   <si>
-    <t>5.407</t>
-[...5 lines deleted...]
-    <t>0.670</t>
+    <t>1534-5807</t>
   </si>
   <si>
     <t>Disease Models &amp; Mechanisms</t>
   </si>
   <si>
-    <t>1.279</t>
+    <t>1754-8403</t>
+  </si>
+  <si>
+    <t>$4,250</t>
+  </si>
+  <si>
+    <t>Submitting a manuscript to DMM | Disease Models &amp; Mechanisms | The Company of Biologists</t>
   </si>
   <si>
     <t>DIVERSITY AND DISTRIBUTIONS</t>
   </si>
   <si>
-    <t>1.594</t>
+    <t>1366-9516</t>
+  </si>
+  <si>
+    <t>3210 EUR</t>
   </si>
   <si>
     <t>DNA REPAIR</t>
   </si>
   <si>
-    <t>1.532</t>
+    <t>1568-7864</t>
+  </si>
+  <si>
+    <t>DNA Repair | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>DNA RESEARCH</t>
   </si>
   <si>
-    <t>1.151</t>
+    <t>1340-2838</t>
+  </si>
+  <si>
+    <t>1400 USD</t>
   </si>
   <si>
     <t>ECOGRAPHY</t>
   </si>
   <si>
-    <t>2.260</t>
-[...2 lines deleted...]
-    <t>0.724</t>
+    <t>0906-7590</t>
+  </si>
+  <si>
+    <t>2730 EUR</t>
   </si>
   <si>
     <t>ECOLOGICAL APPLICATIONS</t>
   </si>
   <si>
-    <t>1.576</t>
+    <t>1051-0761</t>
   </si>
   <si>
     <t>ECOLOGICAL ECONOMICS</t>
   </si>
   <si>
-    <t>1.584</t>
-[...2 lines deleted...]
-    <t>0.902</t>
+    <t>0921-8009</t>
+  </si>
+  <si>
+    <t>USD 4,100</t>
+  </si>
+  <si>
+    <t>Ecological Economics | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>Ecological Informatics</t>
+  </si>
+  <si>
+    <t>1574-9541</t>
+  </si>
+  <si>
+    <t>USD 2,980</t>
+  </si>
+  <si>
+    <t>OA, GPOA</t>
+  </si>
+  <si>
+    <t>Ecological Informatics | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>ECOLOGICAL MONOGRAPHS</t>
   </si>
   <si>
-    <t>3.344</t>
+    <t>0012-9615</t>
+  </si>
+  <si>
+    <t>Ecological Processes</t>
+  </si>
+  <si>
+    <t>$1670.00 USD</t>
+  </si>
+  <si>
+    <t>Home | Ecological Processes</t>
   </si>
   <si>
     <t>ECOLOGY</t>
   </si>
   <si>
-    <t>1.894</t>
+    <t>0012-9658</t>
   </si>
   <si>
     <t>ECOLOGY AND SOCIETY</t>
   </si>
   <si>
-    <t>1.284</t>
+    <t>Resilience Alliance</t>
+  </si>
+  <si>
+    <t>1708-3087</t>
+  </si>
+  <si>
+    <t>$1130</t>
+  </si>
+  <si>
+    <t>The base fee for an accepted article submitted during 2025 is $1130 US for the first 5000 words. Articles between 5000 and 6000 words will be charged an extra $100 US and another $100 for articles between 6000 and 7000 words, etc., that is, an extra $100 for every 1000 words.</t>
+  </si>
+  <si>
+    <t>Policies - Ecology &amp; Society</t>
   </si>
   <si>
     <t>ECOLOGY LETTERS</t>
   </si>
   <si>
-    <t>3.805</t>
+    <t>1461-023X</t>
   </si>
   <si>
     <t>Ecosystem Services</t>
   </si>
   <si>
-    <t>1.364</t>
+    <t>2212-0416</t>
+  </si>
+  <si>
+    <t>USD 3,900</t>
+  </si>
+  <si>
+    <t>Ecosystem Services | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>ECOSYSTEMS</t>
   </si>
   <si>
-    <t>1.164</t>
-[...2 lines deleted...]
-    <t>eLife</t>
+    <t>1432-9840</t>
+  </si>
+  <si>
+    <t>Home | Ecosystems</t>
   </si>
   <si>
     <t>EMBO JOURNAL</t>
   </si>
   <si>
-    <t>4.867</t>
+    <t>0261-4189</t>
+  </si>
+  <si>
+    <t>$7,990</t>
+  </si>
+  <si>
+    <t>About | The EMBO Journal</t>
   </si>
   <si>
     <t>EMBO REPORTS</t>
   </si>
   <si>
-    <t>3.271</t>
+    <t>1469-221X</t>
+  </si>
+  <si>
+    <t>$7990.00 USD</t>
+  </si>
+  <si>
+    <t>Home | EMBO Reports</t>
   </si>
   <si>
     <t>Emerging Microbes &amp; Infections</t>
   </si>
   <si>
-    <t>2.129</t>
+    <t>EUR 2875</t>
   </si>
   <si>
     <t>ENVIRONMENTAL MICROBIOLOGY</t>
   </si>
   <si>
-    <t>1.357</t>
+    <t>1462-2912</t>
   </si>
   <si>
     <t>Environmental Microbiome</t>
   </si>
   <si>
-    <t>1.635</t>
+    <t>https://link.springer.com/journal/40793?utm_source=slink&amp;utm_medium=journal_finder</t>
   </si>
   <si>
     <t>Epigenetics</t>
   </si>
   <si>
+    <t>1559-2294</t>
+  </si>
+  <si>
+    <t>EUR 3505</t>
+  </si>
+  <si>
     <t>Epigenetics &amp; Chromatin</t>
   </si>
   <si>
-    <t>2.064</t>
-[...5 lines deleted...]
-    <t>2.231</t>
+    <t>https://link.springer.com/journal/13072?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>EUROPEAN JOURNAL OF AGRONOMY</t>
+  </si>
+  <si>
+    <t>1161-0301</t>
+  </si>
+  <si>
+    <t>USD 3,040</t>
+  </si>
+  <si>
+    <t>European Journal of Agronomy | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>EUROPEAN JOURNAL OF CELL BIOLOGY</t>
   </si>
   <si>
-    <t>1.241</t>
+    <t>0171-9335</t>
+  </si>
+  <si>
+    <t>USD 2,950</t>
+  </si>
+  <si>
+    <t>European Journal of Cell Biology | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>EUROPEAN JOURNAL OF FOREST RESEARCH</t>
+  </si>
+  <si>
+    <t>1612-4669</t>
+  </si>
+  <si>
+    <t>Home | European Journal of Forest Research</t>
   </si>
   <si>
     <t>EUROPEAN JOURNAL OF HUMAN GENETICS</t>
   </si>
   <si>
-    <t>1.569</t>
+    <t>1018-4813</t>
+  </si>
+  <si>
+    <t>European Journal of Human Genetics</t>
   </si>
   <si>
     <t>EUROPEAN JOURNAL OF SOIL BIOLOGY</t>
   </si>
   <si>
-    <t>0.751</t>
+    <t>ELSEVIER FRANCE-EDITIONS SCIENTIFIQUES MEDICALES ELSEVIER</t>
+  </si>
+  <si>
+    <t>1164-5563</t>
+  </si>
+  <si>
+    <t>European Journal of Soil Biology | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>EUROPEAN JOURNAL OF SOIL SCIENCE</t>
+  </si>
+  <si>
+    <t>1351-0754</t>
   </si>
   <si>
     <t>EvoDevo</t>
   </si>
   <si>
-    <t>1.438</t>
+    <t>€2290.00 EUR</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/13227?utm_source=slink&amp;utm_medium=journal_finder</t>
   </si>
   <si>
     <t>EVOLUTION</t>
   </si>
   <si>
+    <t>0014-3820</t>
+  </si>
+  <si>
+    <t>3342.56 USD</t>
+  </si>
+  <si>
+    <t>EVOLUTION AND HUMAN BEHAVIOR</t>
+  </si>
+  <si>
+    <t>ELSEVIER SCIENCE INC</t>
+  </si>
+  <si>
+    <t>1090-5138</t>
+  </si>
+  <si>
+    <t>USD 4,110</t>
+  </si>
+  <si>
+    <t>Evolution and Human Behavior | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
     <t>Evolution Letters</t>
   </si>
   <si>
-    <t>2.194</t>
-[...5 lines deleted...]
-    <t>1.096</t>
+    <t>2758.34 USD</t>
   </si>
   <si>
     <t>Evolutionary Applications</t>
   </si>
   <si>
-    <t>1.319</t>
+    <t>1752-4571</t>
+  </si>
+  <si>
+    <t>3310 EUR</t>
   </si>
   <si>
     <t>EXPERIMENTAL AND MOLECULAR MEDICINE</t>
   </si>
   <si>
-    <t>3.000</t>
+    <t>1226-3613</t>
+  </si>
+  <si>
+    <t>$4490.00 USD</t>
+  </si>
+  <si>
+    <t>Open access funding | Experimental &amp; Molecular Medicine</t>
   </si>
   <si>
     <t>Expert Opinion on Drug Metabolism &amp; Toxicology</t>
   </si>
   <si>
-    <t>1.026</t>
+    <t>1742-5255</t>
   </si>
   <si>
     <t>Expert Review of Anti-Infective Therapy</t>
   </si>
   <si>
-    <t>1.340</t>
-[...5 lines deleted...]
-    <t>1.097</t>
+    <t>1478-7210</t>
   </si>
   <si>
     <t>EXPERT REVIEWS IN MOLECULAR MEDICINE</t>
   </si>
   <si>
-    <t>1.175</t>
+    <t>1462-3994</t>
+  </si>
+  <si>
+    <t>$3,550</t>
+  </si>
+  <si>
+    <t>Open research gold open access journals</t>
   </si>
   <si>
     <t>FASEB JOURNAL</t>
   </si>
   <si>
-    <t>1.252</t>
+    <t>0892-6638</t>
   </si>
   <si>
     <t>FEBS Journal</t>
   </si>
   <si>
-    <t>1.602</t>
+    <t>1742-464X</t>
   </si>
   <si>
     <t>FEBS LETTERS</t>
   </si>
   <si>
-    <t>FEMS MICROBIOLOGY ECOLOGY</t>
-[...2 lines deleted...]
-    <t>1.019</t>
+    <t>0014-5793</t>
   </si>
   <si>
     <t>FEMS MICROBIOLOGY REVIEWS</t>
   </si>
   <si>
-    <t>3.618</t>
+    <t>0168-6445</t>
+  </si>
+  <si>
+    <t>2625 GBP</t>
   </si>
   <si>
     <t>FERTILITY AND STERILITY</t>
   </si>
   <si>
-    <t>2.046</t>
+    <t>0015-0282</t>
+  </si>
+  <si>
+    <t>USD 4420</t>
+  </si>
+  <si>
+    <t>Members of Society for Reproductive Medicine (ASRM) who are corresponding authors are eligible for a discount of 50 %</t>
+  </si>
+  <si>
+    <t>Fertility and Sterility</t>
+  </si>
+  <si>
+    <t>FIELD CROPS RESEARCH</t>
+  </si>
+  <si>
+    <t>0378-4290</t>
+  </si>
+  <si>
+    <t>USD 3,500</t>
+  </si>
+  <si>
+    <t>Field Crops Research | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>Fire Ecology</t>
   </si>
   <si>
-    <t>1.183</t>
+    <t>1933-9747</t>
+  </si>
+  <si>
+    <t>$2590.00 USD</t>
+  </si>
+  <si>
+    <t>Home | Fire Ecology</t>
   </si>
   <si>
     <t>Fire-Switzerland</t>
   </si>
   <si>
-    <t>FISH &amp; SHELLFISH IMMUNOLOGY</t>
-[...2 lines deleted...]
-    <t>0.602</t>
+    <t>2571-6255</t>
+  </si>
+  <si>
+    <t>CHF 2400</t>
+  </si>
+  <si>
+    <t>Fire | An Open Access Journal from MDPI</t>
+  </si>
+  <si>
+    <t>FISH AND FISHERIES</t>
+  </si>
+  <si>
+    <t>1467-2960</t>
+  </si>
+  <si>
+    <t>FISHERIES</t>
+  </si>
+  <si>
+    <t>0363-2415</t>
+  </si>
+  <si>
+    <t>3675 USD</t>
+  </si>
+  <si>
+    <t>FISHERIES OCEANOGRAPHY</t>
+  </si>
+  <si>
+    <t>1054-6006</t>
+  </si>
+  <si>
+    <t>FOREST ECOLOGY AND MANAGEMENT</t>
+  </si>
+  <si>
+    <t>0378-1127</t>
+  </si>
+  <si>
+    <t>USD 3,380</t>
+  </si>
+  <si>
+    <t>Forest Ecology and Management | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>Forest Ecosystems</t>
+  </si>
+  <si>
+    <t>2095-6355</t>
+  </si>
+  <si>
+    <t>US$1000</t>
+  </si>
+  <si>
+    <t>from January 1, 2022 to December 31, 2027, OA</t>
+  </si>
+  <si>
+    <t>Open Access Journal | Forest Ecosystems</t>
+  </si>
+  <si>
+    <t>Forest Policy and Economics</t>
+  </si>
+  <si>
+    <t>1389-9341</t>
+  </si>
+  <si>
+    <t>USD 4,150</t>
+  </si>
+  <si>
+    <t>Forest Policy and Economics | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>FORESTRY</t>
+  </si>
+  <si>
+    <t>0015-752X</t>
+  </si>
+  <si>
+    <t>3033.45 GBP</t>
   </si>
   <si>
     <t>FREE RADICAL BIOLOGY AND MEDICINE</t>
   </si>
   <si>
-    <t>1.628</t>
+    <t>0891-5849</t>
+  </si>
+  <si>
+    <t>USD 4,030</t>
+  </si>
+  <si>
+    <t>Free Radical Biology and Medicine | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>Frontiers in Cell and Developmental Biology</t>
   </si>
   <si>
-    <t>1.317</t>
+    <t>FRONTIERS MEDIA SA</t>
+  </si>
+  <si>
+    <t>2296-634X</t>
+  </si>
+  <si>
+    <t>CHF 3,150</t>
+  </si>
+  <si>
+    <t>OA, A,B,C types articles, different charges</t>
+  </si>
+  <si>
+    <t>Frontiers in Cell and Developmental Biology | About</t>
   </si>
   <si>
     <t>Frontiers in Cellular and Infection Microbiology</t>
   </si>
   <si>
+    <t>2235-2988</t>
+  </si>
+  <si>
+    <t>Frontiers in Cellular and Infection Microbiology | About</t>
+  </si>
+  <si>
     <t>FRONTIERS IN ECOLOGY AND THE ENVIRONMENT</t>
   </si>
   <si>
-    <t>4.114</t>
+    <t>1540-9295</t>
   </si>
   <si>
     <t>Frontiers in Forests and Global Change</t>
   </si>
   <si>
-    <t>1.040</t>
+    <t>CHF 1,950</t>
+  </si>
+  <si>
+    <t>Frontiers in Forests and Global Change | About</t>
+  </si>
+  <si>
+    <t>Frontiers in Integrative Neuroscience</t>
+  </si>
+  <si>
+    <t>1662-5145</t>
+  </si>
+  <si>
+    <t>Frontiers in Integrative Neuroscience | About</t>
   </si>
   <si>
     <t>Frontiers in Microbiology</t>
   </si>
   <si>
-    <t>1.047</t>
+    <t>Frontiers in Microbiology | About</t>
   </si>
   <si>
     <t>Frontiers in Molecular Biosciences</t>
   </si>
   <si>
-    <t>1.077</t>
-[...5 lines deleted...]
-    <t>1.218</t>
+    <t>Frontiers in Molecular Biosciences | About</t>
   </si>
   <si>
     <t>FUNCTIONAL ECOLOGY</t>
   </si>
   <si>
-    <t>1.831</t>
+    <t>0269-8463</t>
+  </si>
+  <si>
+    <t>2875 EUR</t>
   </si>
   <si>
     <t>Fungal Biology Reviews</t>
   </si>
   <si>
-    <t>1.174</t>
+    <t>1749-4613</t>
+  </si>
+  <si>
+    <t>USD 3,000</t>
+  </si>
+  <si>
+    <t>Fungal Biology Reviews | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>FUNGAL DIVERSITY</t>
   </si>
   <si>
-    <t>5.173</t>
+    <t>1560-2745</t>
+  </si>
+  <si>
+    <t>Home | Fungal Diversity</t>
   </si>
   <si>
     <t>GENE THERAPY</t>
   </si>
   <si>
-    <t>1.222</t>
+    <t>0969-7128</t>
+  </si>
+  <si>
+    <t>Gene Therapy</t>
   </si>
   <si>
     <t>GENES &amp; DEVELOPMENT</t>
   </si>
   <si>
-    <t>5.018</t>
+    <t>0890-9369</t>
+  </si>
+  <si>
+    <t>3700 USD</t>
+  </si>
+  <si>
+    <t>All papers are freely available online in Genes &amp; Development six months after publication, unless an author pays an Open Access surcharge of $3700 to make a paper freely available online immediately upon publication.</t>
+  </si>
+  <si>
+    <t>Genes &amp; Development -- Info. for Authors</t>
   </si>
   <si>
     <t>Genes &amp; Diseases</t>
   </si>
   <si>
-    <t>1.535</t>
+    <t>2352-4820</t>
+  </si>
+  <si>
+    <t>Open Access Journal | Genes &amp; Diseases</t>
   </si>
   <si>
     <t>GENES AND IMMUNITY</t>
   </si>
   <si>
+    <t>1466-4879</t>
+  </si>
+  <si>
+    <t>Open access funding | Genes &amp; Immunity</t>
+  </si>
+  <si>
+    <t>Genes and Nutrition</t>
+  </si>
+  <si>
+    <t>1555-8932</t>
+  </si>
+  <si>
+    <t>Home | Genes &amp; Nutrition</t>
+  </si>
+  <si>
     <t>GENES CHROMOSOMES &amp; CANCER</t>
   </si>
   <si>
-    <t>1.119</t>
-[...5 lines deleted...]
-    <t>1.039</t>
+    <t>1045-2257</t>
   </si>
   <si>
     <t>GENETIC EPIDEMIOLOGY</t>
   </si>
   <si>
-    <t>1.177</t>
+    <t>0741-0395</t>
   </si>
   <si>
     <t>GENETICS</t>
   </si>
   <si>
-    <t>1.770</t>
+    <t>0016-6731</t>
+  </si>
+  <si>
+    <t>2643.97 USD</t>
   </si>
   <si>
     <t>GENETICS IN MEDICINE</t>
   </si>
   <si>
-    <t>3.328</t>
+    <t>1098-3600</t>
+  </si>
+  <si>
+    <t>USD 5110</t>
+  </si>
+  <si>
+    <t>Genetics in Medicine</t>
   </si>
   <si>
     <t>GENOME BIOLOGY</t>
   </si>
   <si>
-    <t>8.702</t>
+    <t>1474-760X</t>
+  </si>
+  <si>
+    <t>€4490.00 EUR</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/13059?utm_source=slink&amp;utm_medium=journal_finder</t>
   </si>
   <si>
     <t>Genome Biology and Evolution</t>
   </si>
   <si>
-    <t>1.231</t>
+    <t>1759-6653</t>
+  </si>
+  <si>
+    <t>2992.5 USD</t>
   </si>
   <si>
     <t>Genome Medicine</t>
   </si>
   <si>
-    <t>5.120</t>
+    <t>1756-994X</t>
+  </si>
+  <si>
+    <t>€4290.00 EUR</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/13073?utm_source=slink&amp;utm_medium=journal_finder</t>
   </si>
   <si>
     <t>GENOME RESEARCH</t>
   </si>
   <si>
-    <t>4.721</t>
+    <t>1088-9051</t>
+  </si>
+  <si>
+    <t>https://genome.cshlp.org/site/misc/open_access.xhtml</t>
   </si>
   <si>
     <t>GENOMICS PROTEOMICS &amp; BIOINFORMATICS</t>
   </si>
   <si>
-    <t>3.325</t>
+    <t>1672-0229</t>
+  </si>
+  <si>
+    <t>4050.2 USD</t>
+  </si>
+  <si>
+    <t>CC BY, OA</t>
   </si>
   <si>
     <t>Geobiology</t>
   </si>
   <si>
-    <t>1.391</t>
+    <t>1472-4677</t>
+  </si>
+  <si>
+    <t>Geoderma</t>
+  </si>
+  <si>
+    <t>0016-7061</t>
+  </si>
+  <si>
+    <t>USD 3,720</t>
+  </si>
+  <si>
+    <t>https://www.sciencedirect.com/journal/geoderma</t>
+  </si>
+  <si>
+    <t>Geoderma Regional</t>
+  </si>
+  <si>
+    <t>2352-0094</t>
+  </si>
+  <si>
+    <t>USD 2330</t>
+  </si>
+  <si>
+    <t>Geoderma Regional | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>GLOBAL CHANGE BIOLOGY</t>
+  </si>
+  <si>
+    <t>1354-1013</t>
+  </si>
+  <si>
+    <t>Global Change Biology Bioenergy</t>
+  </si>
+  <si>
+    <t>1757-1693</t>
   </si>
   <si>
     <t>GLOBAL ECOLOGY AND BIOGEOGRAPHY</t>
   </si>
   <si>
-    <t>2.727</t>
-[...5 lines deleted...]
-    <t>3.956</t>
+    <t>1466-822X</t>
+  </si>
+  <si>
+    <t>GLYCOBIOLOGY</t>
+  </si>
+  <si>
+    <t>0959-6658</t>
+  </si>
+  <si>
+    <t>4334.24 EUR</t>
   </si>
   <si>
     <t>Gut Microbes</t>
   </si>
   <si>
-    <t>2.881</t>
+    <t>1949-0976</t>
+  </si>
+  <si>
+    <t>Gut Pathogens</t>
+  </si>
+  <si>
+    <t>1757-4749</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/13099?utm_source=slink&amp;utm_medium=journal_finder</t>
   </si>
   <si>
     <t>HARMFUL ALGAE</t>
   </si>
   <si>
-    <t>1.166</t>
+    <t>1568-9883</t>
+  </si>
+  <si>
+    <t>Harmful Algae | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>HELICOBACTER</t>
   </si>
   <si>
-    <t>1.173</t>
+    <t>1083-4389</t>
   </si>
   <si>
     <t>HEREDITY</t>
   </si>
   <si>
+    <t>0018-067X</t>
+  </si>
+  <si>
+    <t>Heredity</t>
+  </si>
+  <si>
     <t>HISTOPATHOLOGY</t>
   </si>
   <si>
-    <t>1.422</t>
+    <t>0309-0167</t>
   </si>
   <si>
     <t>Horticultural Plant Journal</t>
   </si>
   <si>
-    <t>0.682</t>
+    <t>2095-9885</t>
+  </si>
+  <si>
+    <t>USD $1500</t>
+  </si>
+  <si>
+    <t>Open Access Journal | Horticultural Plant Journal</t>
   </si>
   <si>
     <t>Horticulture Research</t>
   </si>
   <si>
-    <t>1.441</t>
-[...2 lines deleted...]
-    <t>0.625</t>
+    <t>2662-6810</t>
+  </si>
+  <si>
+    <t>2960 USD</t>
+  </si>
+  <si>
+    <t>HUMAN FACTORS</t>
+  </si>
+  <si>
+    <t>SAGE PUBLICATIONS INC</t>
+  </si>
+  <si>
+    <t>0018-7208</t>
+  </si>
+  <si>
+    <t>1500 USD</t>
+  </si>
+  <si>
+    <t>Hybrid Open Access (Sage Choice)</t>
   </si>
   <si>
     <t>HUMAN GENE THERAPY</t>
   </si>
   <si>
+    <t>1043-0342</t>
+  </si>
+  <si>
+    <t>Human Gene Therapy | Mary Ann Liebert, Inc., publishers</t>
+  </si>
+  <si>
     <t>HUMAN GENETICS</t>
   </si>
   <si>
-    <t>1.755</t>
+    <t>0340-6717</t>
+  </si>
+  <si>
+    <t>Home | Human Genetics</t>
   </si>
   <si>
     <t>Human Genomics</t>
   </si>
   <si>
-    <t>1.193</t>
+    <t>1473-9542</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/40246?utm_source=slink&amp;utm_medium=journal_finder</t>
   </si>
   <si>
     <t>HUMAN MOLECULAR GENETICS</t>
   </si>
   <si>
-    <t>1.692</t>
+    <t>0964-6906</t>
+  </si>
+  <si>
+    <t>4609.5 USD</t>
   </si>
   <si>
     <t>HUMAN MUTATION</t>
   </si>
   <si>
-    <t>1.803</t>
+    <t>1059-7794</t>
+  </si>
+  <si>
+    <t>2610 EUR</t>
   </si>
   <si>
     <t>HUMAN REPRODUCTION</t>
   </si>
   <si>
-    <t>1.908</t>
+    <t>0268-1161</t>
+  </si>
+  <si>
+    <t>4301.85 EUR</t>
   </si>
   <si>
     <t>Human Reproduction Open</t>
   </si>
   <si>
-    <t>2.775</t>
+    <t>2122.05 EUR</t>
   </si>
   <si>
     <t>HUMAN REPRODUCTION UPDATE</t>
   </si>
   <si>
-    <t>4.947</t>
-[...14 lines deleted...]
-    <t>0.603</t>
+    <t>1355-4786</t>
+  </si>
+  <si>
+    <t>4171.65 EUR</t>
   </si>
   <si>
     <t>ICES JOURNAL OF MARINE SCIENCE</t>
   </si>
   <si>
-    <t>0.848</t>
+    <t>1054-3139</t>
+  </si>
+  <si>
+    <t>2934.75 GBP</t>
   </si>
   <si>
     <t>IEEE Journal of Biomedical and Health Informatics</t>
   </si>
   <si>
-    <t>1.504</t>
+    <t>IEEE-INST ELECTRICAL ELECTRONICS ENGINEERS INC</t>
+  </si>
+  <si>
+    <t>2168-2194</t>
+  </si>
+  <si>
+    <t>$2,345</t>
+  </si>
+  <si>
+    <t>per page overlenght charges  $250/$350</t>
+  </si>
+  <si>
+    <t>IEEE Xplore: IEEE Journal of Biomedical and Health Informatics</t>
   </si>
   <si>
     <t>IMA Fungus</t>
   </si>
   <si>
-    <t>1.303</t>
+    <t>PENSOFT PUBLISHERS</t>
+  </si>
+  <si>
+    <t>2210-6340</t>
+  </si>
+  <si>
+    <t>$2490</t>
+  </si>
+  <si>
+    <t>IMA Fungus Impact Factor, Indexing, Ranking, Quartile, Abbreviation 2025 - JournalsInsights</t>
+  </si>
+  <si>
+    <t>iMeta</t>
+  </si>
+  <si>
+    <t>2770-5986</t>
+  </si>
+  <si>
+    <t>1210 EUR</t>
   </si>
   <si>
     <t>IMMUNOLOGY AND CELL BIOLOGY</t>
   </si>
   <si>
-    <t>1.307</t>
+    <t>0818-9641</t>
+  </si>
+  <si>
+    <t>INDUSTRIAL CROPS AND PRODUCTS</t>
+  </si>
+  <si>
+    <t>0926-6690</t>
+  </si>
+  <si>
+    <t>USD 3,470</t>
+  </si>
+  <si>
+    <t>Industrial Crops and Products | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>INFLAMMATION RESEARCH</t>
   </si>
   <si>
-    <t>1.055</t>
+    <t>1023-3830</t>
+  </si>
+  <si>
+    <t>Home | Inflammation Research</t>
   </si>
   <si>
     <t>Influenza and Other Respiratory Viruses</t>
   </si>
   <si>
-    <t>1.275</t>
-[...11 lines deleted...]
-    <t>0.836</t>
+    <t>1750-2640</t>
+  </si>
+  <si>
+    <t>3750 EUR</t>
+  </si>
+  <si>
+    <t>Insect Systematics and Diversity</t>
+  </si>
+  <si>
+    <t>4544.4 USD</t>
   </si>
   <si>
     <t>Interface Focus</t>
   </si>
   <si>
-    <t>1.403</t>
+    <t>2042-8898</t>
+  </si>
+  <si>
+    <t>Open access | Royal Society</t>
   </si>
   <si>
     <t>International Journal of Antimicrobial Agents</t>
   </si>
   <si>
-    <t>1.320</t>
+    <t>0924-8579</t>
+  </si>
+  <si>
+    <t>International Journal of Antimicrobial Agents | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>International Journal of Biological Macromolecules</t>
+  </si>
+  <si>
+    <t>0141-8130</t>
+  </si>
+  <si>
+    <t>International Journal of Biological Macromolecules | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>International Journal of Biological Sciences</t>
   </si>
   <si>
-    <t>1.658</t>
+    <t>IVYSPRING INT PUBL</t>
+  </si>
+  <si>
+    <t>1449-2288</t>
+  </si>
+  <si>
+    <t>$AUD 5500</t>
+  </si>
+  <si>
+    <t>Instructions for Authors</t>
   </si>
   <si>
     <t>INTERNATIONAL JOURNAL OF MOLECULAR SCIENCES</t>
   </si>
   <si>
-    <t>1.053</t>
+    <t>1661-6596</t>
+  </si>
+  <si>
+    <t>International Journal of Molecular Sciences | An Open Access Journal from MDPI</t>
+  </si>
+  <si>
+    <t>INTERNATIONAL JOURNAL OF WILDLAND FIRE</t>
+  </si>
+  <si>
+    <t>CSIRO PUBLISHING</t>
+  </si>
+  <si>
+    <t>1049-8001</t>
+  </si>
+  <si>
+    <t>2500 EUR</t>
+  </si>
+  <si>
+    <t>connectsci.au/wf/pages/publishing-charges-and-waivers</t>
+  </si>
+  <si>
+    <t>International Soil and Water Conservation Research</t>
+  </si>
+  <si>
+    <t>2095-6339</t>
+  </si>
+  <si>
+    <t>USD 1200</t>
+  </si>
+  <si>
+    <t>Open Access Journal | International Soil and Water Conservation Research</t>
   </si>
   <si>
     <t>ISME Journal</t>
   </si>
   <si>
-    <t>3.486</t>
+    <t>1751-7362</t>
+  </si>
+  <si>
+    <t>3785.25 EUR</t>
+  </si>
+  <si>
+    <t>JOURNAL OF AGRICULTURAL &amp; ENVIRONMENTAL ETHICS</t>
+  </si>
+  <si>
+    <t>1187-7863</t>
+  </si>
+  <si>
+    <t>Home | Journal of Agricultural and Environmental Ethics</t>
+  </si>
+  <si>
+    <t>JOURNAL OF AGRICULTURAL AND FOOD CHEMISTRY</t>
+  </si>
+  <si>
+    <t>0021-8561</t>
+  </si>
+  <si>
+    <t>USD 4,500</t>
+  </si>
+  <si>
+    <t>OA Pricing - ACS Open Science - Open Access News, Tools and More</t>
   </si>
   <si>
     <t>JOURNAL OF ANIMAL ECOLOGY</t>
   </si>
   <si>
-    <t>1.653</t>
+    <t>0021-8790</t>
   </si>
   <si>
     <t>JOURNAL OF ANTIMICROBIAL CHEMOTHERAPY</t>
   </si>
   <si>
-    <t>1.324</t>
+    <t>0305-7453</t>
+  </si>
+  <si>
+    <t>3012.45 GBP</t>
   </si>
   <si>
     <t>JOURNAL OF APPLIED ECOLOGY</t>
   </si>
   <si>
-    <t>1.749</t>
+    <t>0021-8901</t>
+  </si>
+  <si>
+    <t>JOURNAL OF BACTERIOLOGY</t>
+  </si>
+  <si>
+    <t>0021-9193</t>
   </si>
   <si>
     <t>JOURNAL OF BIOGEOGRAPHY</t>
   </si>
   <si>
-    <t>1.374</t>
+    <t>0305-0270</t>
+  </si>
+  <si>
+    <t>JOURNAL OF BIOLOGICAL CHEMISTRY</t>
+  </si>
+  <si>
+    <t>USD 3430</t>
+  </si>
+  <si>
+    <t>(CC BY), (CC BY-NC-ND)</t>
+  </si>
+  <si>
+    <t>Home Page: Journal of Biological Chemistry</t>
   </si>
   <si>
     <t>Journal of Biological Engineering</t>
   </si>
   <si>
-    <t>JOURNAL OF BIOLOGICAL CHEMISTRY</t>
-[...2 lines deleted...]
-    <t>1.469</t>
+    <t>1754-1611</t>
+  </si>
+  <si>
+    <t>€2390.00 EUR</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/13036?utm_source=slink&amp;utm_medium=journal_finder</t>
   </si>
   <si>
     <t>JOURNAL OF BIOLOGICAL RHYTHMS</t>
   </si>
   <si>
-    <t>1.186</t>
+    <t>0748-7304</t>
+  </si>
+  <si>
+    <t>4400 USD</t>
   </si>
   <si>
     <t>JOURNAL OF BIOMEDICAL SCIENCE</t>
   </si>
   <si>
-    <t>2.372</t>
+    <t>1021-7770</t>
+  </si>
+  <si>
+    <t>0 EUR</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/12929?utm_source=slink&amp;utm_medium=journal_finder</t>
   </si>
   <si>
     <t>JOURNAL OF CELL BIOLOGY</t>
   </si>
   <si>
-    <t>3.536</t>
+    <t>ROCKEFELLER UNIV PRESS</t>
+  </si>
+  <si>
+    <t>0021-9525</t>
+  </si>
+  <si>
+    <t>$6000 or $2000 or $0 dependes about the licence</t>
+  </si>
+  <si>
+    <t>JCB Publication Fees and Access Options | Journal of Cell Biology | Rockefeller University Press</t>
   </si>
   <si>
     <t>JOURNAL OF CELL SCIENCE</t>
   </si>
   <si>
-    <t>1.543</t>
-[...8 lines deleted...]
-    <t>JOURNAL OF CELLULAR PHYSIOLOGY</t>
+    <t>0021-9533</t>
+  </si>
+  <si>
+    <t>Open Access | Journal of Cell Science | The Company of Biologists</t>
   </si>
   <si>
     <t>JOURNAL OF CLINICAL MICROBIOLOGY</t>
   </si>
   <si>
-    <t>1.698</t>
-[...8 lines deleted...]
-    <t>1.009</t>
+    <t>0095-1137</t>
   </si>
   <si>
     <t>JOURNAL OF ECOLOGY</t>
   </si>
   <si>
-    <t>1.920</t>
+    <t>0022-0477</t>
   </si>
   <si>
     <t>JOURNAL OF EXPERIMENTAL BOTANY</t>
   </si>
   <si>
-    <t>1.483</t>
+    <t>0022-0957</t>
+  </si>
+  <si>
+    <t>3456.6 GBP</t>
   </si>
   <si>
     <t>Journal of Extracellular Vesicles</t>
   </si>
   <si>
-    <t>4.463</t>
+    <t>3970 EUR</t>
+  </si>
+  <si>
+    <t>CC BY, CC-BY-NC or
+CC BY-NC-ND</t>
+  </si>
+  <si>
+    <t>JOURNAL OF FORESTRY RESEARCH</t>
+  </si>
+  <si>
+    <t>NORTHEAST FORESTRY UNIV</t>
+  </si>
+  <si>
+    <t>1007-662X</t>
+  </si>
+  <si>
+    <t>members of ČZU</t>
+  </si>
+  <si>
+    <t>Open access funding | Journal of Forestry Research</t>
   </si>
   <si>
     <t>Journal of Genetics and Genomics</t>
   </si>
   <si>
-    <t>1.670</t>
-[...5 lines deleted...]
-    <t>1.076</t>
+    <t>SCIENCE PRESS</t>
+  </si>
+  <si>
+    <t>1673-8527</t>
+  </si>
+  <si>
+    <t>USD 3140</t>
+  </si>
+  <si>
+    <t>Open access information - Journal of Genetics and Genomics - ISSN 1673-8527 | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>JOURNAL OF INFECTIOUS DISEASES</t>
   </si>
   <si>
-    <t>1.882</t>
+    <t>0022-1899</t>
+  </si>
+  <si>
+    <t>CC BY-ND</t>
   </si>
   <si>
     <t>JOURNAL OF INHERITED METABOLIC DISEASE</t>
   </si>
   <si>
-    <t>1.411</t>
+    <t>0141-8955</t>
+  </si>
+  <si>
+    <t>Journal of Integrative Agriculture</t>
+  </si>
+  <si>
+    <t>2095-3119</t>
+  </si>
+  <si>
+    <t>USD 1800</t>
+  </si>
+  <si>
+    <t>Journal of Integrative Agriculture | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>Journal of Integrative Plant Biology</t>
   </si>
   <si>
-    <t>2.112</t>
+    <t>1672-9072</t>
+  </si>
+  <si>
+    <t>Journal of Land Use Science</t>
+  </si>
+  <si>
+    <t>1747-423X</t>
+  </si>
+  <si>
+    <t>EUR 2520</t>
   </si>
   <si>
     <t>JOURNAL OF LEUKOCYTE BIOLOGY</t>
   </si>
   <si>
-    <t>1.392</t>
+    <t>0741-5400</t>
+  </si>
+  <si>
+    <t>3990 USD</t>
   </si>
   <si>
     <t>JOURNAL OF LIPID RESEARCH</t>
   </si>
   <si>
-    <t>1.697</t>
-[...2 lines deleted...]
-    <t>0.853</t>
+    <t>0022-2275</t>
+  </si>
+  <si>
+    <t>USD 3860</t>
+  </si>
+  <si>
+    <t>Home Page: Journal of Lipid Research</t>
   </si>
   <si>
     <t>JOURNAL OF MEDICAL GENETICS</t>
   </si>
   <si>
-    <t>1.719</t>
+    <t>BMJ PUBLISHING GROUP</t>
+  </si>
+  <si>
+    <t>0022-2593</t>
+  </si>
+  <si>
+    <t>4,370 GBP</t>
+  </si>
+  <si>
+    <t>Authors | Journal of Medical Genetics</t>
   </si>
   <si>
     <t>JOURNAL OF MEDICAL VIROLOGY</t>
   </si>
   <si>
-    <t>1.442</t>
+    <t>0146-6615</t>
   </si>
   <si>
     <t>JOURNAL OF MOLECULAR AND CELLULAR CARDIOLOGY</t>
   </si>
   <si>
-    <t>1.296</t>
+    <t>0022-2828</t>
+  </si>
+  <si>
+    <t>USD 4530</t>
+  </si>
+  <si>
+    <t>Journal of Molecular and Cellular Cardiology</t>
   </si>
   <si>
     <t>JOURNAL OF MOLECULAR BIOLOGY</t>
   </si>
   <si>
+    <t>0022-2836</t>
+  </si>
+  <si>
+    <t>USD 4,580</t>
+  </si>
+  <si>
+    <t>Journal of Molecular Biology | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
     <t>Journal of Molecular Cell Biology</t>
   </si>
   <si>
-    <t>1.817</t>
+    <t>1674-2788</t>
+  </si>
+  <si>
+    <t>3000.05 USD</t>
+  </si>
+  <si>
+    <t>JOURNAL OF MOLECULAR EVOLUTION</t>
+  </si>
+  <si>
+    <t>0022-2844</t>
+  </si>
+  <si>
+    <t>Home | Journal of Molecular Evolution</t>
   </si>
   <si>
     <t>JOURNAL OF MOLECULAR MEDICINE-JMM</t>
   </si>
   <si>
-    <t>1.124</t>
+    <t>SPRINGER HEIDELBERG</t>
+  </si>
+  <si>
+    <t>0946-2716</t>
+  </si>
+  <si>
+    <t>Home | Journal of Molecular Medicine</t>
   </si>
   <si>
     <t>JOURNAL OF NEUROCHEMISTRY</t>
   </si>
   <si>
-    <t>1.332</t>
+    <t>0022-3042</t>
+  </si>
+  <si>
+    <t>JOURNAL OF NUTRITIONAL BIOCHEMISTRY</t>
+  </si>
+  <si>
+    <t>0955-2863</t>
+  </si>
+  <si>
+    <t>JNB | The Journal of Nutritional Biochemistry | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>Journal of Oral Microbiology</t>
   </si>
   <si>
-    <t>1.014</t>
-[...2 lines deleted...]
-    <t>JOURNAL OF PLANT NUTRITION AND SOIL SCIENCE</t>
+    <t>JOURNAL OF PEST SCIENCE</t>
+  </si>
+  <si>
+    <t>1612-4758</t>
+  </si>
+  <si>
+    <t>Home | Journal of Pest Science</t>
+  </si>
+  <si>
+    <t>Journal of Plant Ecology</t>
+  </si>
+  <si>
+    <t>1752-9921</t>
+  </si>
+  <si>
+    <t>2190 USD</t>
   </si>
   <si>
     <t>JOURNAL OF PROTEOME RESEARCH</t>
   </si>
   <si>
-    <t>1.185</t>
-[...8 lines deleted...]
-    <t>0.832</t>
+    <t>1535-3893</t>
+  </si>
+  <si>
+    <t>JOURNAL OF SOILS AND SEDIMENTS</t>
+  </si>
+  <si>
+    <t>1439-0108</t>
+  </si>
+  <si>
+    <t>Home | Journal of Soils and Sediments</t>
   </si>
   <si>
     <t>JOURNAL OF STRUCTURAL BIOLOGY</t>
   </si>
   <si>
-    <t>1.277</t>
+    <t>1047-8477</t>
+  </si>
+  <si>
+    <t>USD 4,230</t>
+  </si>
+  <si>
+    <t>Journal of Structural Biology | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>JOURNAL OF VEGETATION SCIENCE</t>
   </si>
   <si>
-    <t>0.815</t>
-[...5 lines deleted...]
-    <t>1.068</t>
+    <t>1100-9233</t>
   </si>
   <si>
     <t>Journal of Virology</t>
   </si>
   <si>
-    <t>1.135</t>
-[...2 lines deleted...]
-    <t>0.628</t>
+    <t>0022-538X</t>
   </si>
   <si>
     <t>LAB ON A CHIP</t>
   </si>
   <si>
-    <t>1.225</t>
+    <t>ROYAL SOC CHEMISTRY</t>
+  </si>
+  <si>
+    <t>1473-0197</t>
+  </si>
+  <si>
+    <t>Lab on a Chip</t>
   </si>
   <si>
     <t>Lancet Microbe</t>
   </si>
   <si>
-    <t>8.483</t>
+    <t>USD 8,010</t>
+  </si>
+  <si>
+    <t>Open Access</t>
+  </si>
+  <si>
+    <t>LAND DEGRADATION &amp; DEVELOPMENT</t>
+  </si>
+  <si>
+    <t>1085-3278</t>
   </si>
   <si>
     <t>LANDSCAPE AND URBAN PLANNING</t>
   </si>
   <si>
-    <t>1.835</t>
+    <t>0169-2046</t>
+  </si>
+  <si>
+    <t>USD 4,190</t>
+  </si>
+  <si>
+    <t>Landscape and Urban Planning | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>LANDSCAPE ECOLOGY</t>
   </si>
   <si>
-    <t>1.136</t>
+    <t>0921-2973</t>
+  </si>
+  <si>
+    <t>Home | Landscape Ecology</t>
   </si>
   <si>
     <t>Life Science Alliance</t>
   </si>
   <si>
-    <t>1.552</t>
+    <t>LIFE SCIENCE ALLIANCE LLC</t>
+  </si>
+  <si>
+    <t>3500 USD</t>
+  </si>
+  <si>
+    <t>OA, CC BY</t>
+  </si>
+  <si>
+    <t>Life Science Alliance – DOAJ</t>
   </si>
   <si>
     <t>LIMNOLOGY AND OCEANOGRAPHY</t>
   </si>
   <si>
+    <t>0024-3590</t>
+  </si>
+  <si>
     <t>Limnology and Oceanography Letters</t>
   </si>
   <si>
-    <t>2.327</t>
+    <t>2960 EUR</t>
+  </si>
+  <si>
+    <t>Lipids in Health and Disease</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/12944?utm_source=slink&amp;utm_medium=journal_finder</t>
   </si>
   <si>
     <t>MAMMAL REVIEW</t>
   </si>
   <si>
-    <t>1.526</t>
-[...1 lines deleted...]
-  <si>
     <t>Marine Life Science &amp; Technology</t>
   </si>
   <si>
-    <t>1.195</t>
+    <t>2096-6490</t>
+  </si>
+  <si>
+    <t>Home | Marine Life Science &amp; Technology</t>
   </si>
   <si>
     <t>MATRIX BIOLOGY</t>
   </si>
   <si>
-    <t>2.269</t>
+    <t>0945-053X</t>
+  </si>
+  <si>
+    <t>USD 4,070</t>
+  </si>
+  <si>
+    <t>Matrix Biology | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>mBio</t>
   </si>
   <si>
-    <t>1.922</t>
-[...13 lines deleted...]
-  <si>
     <t>MECHANISMS OF AGEING AND DEVELOPMENT</t>
   </si>
   <si>
-    <t>1.338</t>
+    <t>0047-6374</t>
+  </si>
+  <si>
+    <t>USD 4,850</t>
+  </si>
+  <si>
+    <t>Mechanisms of Ageing and Development | Journal | ScienceDirect.com by Elsevier</t>
   </si>
   <si>
     <t>METHODS</t>
   </si>
   <si>
+    <t>1046-2023</t>
+  </si>
+  <si>
+    <t>USD 3490</t>
+  </si>
+  <si>
+    <t>Methods | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
     <t>Methods in Ecology and Evolution</t>
   </si>
   <si>
-    <t>2.948</t>
+    <t>2041-210X</t>
+  </si>
+  <si>
+    <t>2950 EUR</t>
+  </si>
+  <si>
+    <t>CC BY
+CC BY-NC or
+CC BY-NC-ND</t>
   </si>
   <si>
     <t>Microbial Biotechnology</t>
   </si>
   <si>
+    <t>1751-7915</t>
+  </si>
+  <si>
+    <t>3060 EUR</t>
+  </si>
+  <si>
+    <t>CC BY, CC-BY-NC and CC-BY-NC-ND</t>
+  </si>
+  <si>
     <t>Microbial Cell</t>
   </si>
   <si>
-    <t>1.300</t>
-[...1441 lines deleted...]
-    <t>$3700</t>
+    <t>SHARED SCIENCE PUBLISHERS OG</t>
+  </si>
+  <si>
+    <t>2311-2638</t>
+  </si>
+  <si>
+    <t>1880 EUR</t>
   </si>
   <si>
     <r>
-      <t>All papers are freely available online in </t>
+      <t>A fee of 975/1880 Euro (+VAT) is applied only to articles </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
-        <color rgb="FF403838"/>
-        <rFont val="Lucida Sans Unicode"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
         <family val="2"/>
-        <charset val="238"/>
       </rPr>
-      <t>Genes &amp; Development</t>
+      <t>not</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
-        <color rgb="FF403838"/>
-        <rFont val="Lucida Sans Unicode"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
         <family val="2"/>
-        <charset val="238"/>
       </rPr>
-      <t> six months after publication, unless an author pays an Open Access surcharge of $3700 to make a paper freely available online immediately upon publication.</t>
+      <t> invited by the Editorial Board.</t>
     </r>
   </si>
   <si>
-    <t>https://genesdev.cshlp.org/site/misc/ifora.xhtml</t>
-[...345 lines deleted...]
-    <t>Non-Open Access articles will remain behind a subscription for 12 months after final publication (all articles are freely available 12 months after publication). Open Access APC ($4633); Non-Open Access Article publication fee ($2500)</t>
+    <t>Article Types</t>
+  </si>
+  <si>
+    <t>Microbial Genomics</t>
+  </si>
+  <si>
+    <t>MICROBIOLOGY SOC</t>
+  </si>
+  <si>
+    <t>2057-5858</t>
+  </si>
+  <si>
+    <t>Open Access costs | Microbiology Society</t>
+  </si>
+  <si>
+    <t>MICROBIOLOGICAL RESEARCH</t>
+  </si>
+  <si>
+    <t>0944-5013</t>
+  </si>
+  <si>
+    <t>USD 4,370</t>
+  </si>
+  <si>
+    <t>Microbiological Research | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>MICROBIOLOGY AND MOLECULAR BIOLOGY REVIEWS</t>
+  </si>
+  <si>
+    <t>1092-2172</t>
+  </si>
+  <si>
+    <t>Microbiology Spectrum</t>
+  </si>
+  <si>
+    <t>$3,700</t>
+  </si>
+  <si>
+    <t>Microbiome</t>
+  </si>
+  <si>
+    <t>2049-2618</t>
+  </si>
+  <si>
+    <t>€4090.00 EUR</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/40168?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>MITOCHONDRION</t>
+  </si>
+  <si>
+    <t>1567-7249</t>
+  </si>
+  <si>
+    <t>Mitochondrion | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>Mobile DNA</t>
+  </si>
+  <si>
+    <t>1759-8753</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/13100?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>MOLECULAR &amp; CELLULAR PROTEOMICS</t>
+  </si>
+  <si>
+    <t>Molecular &amp; Cellular Proteomics</t>
+  </si>
+  <si>
+    <t>MOLECULAR AND CELLULAR BIOLOGY</t>
+  </si>
+  <si>
+    <t>0270-7306</t>
+  </si>
+  <si>
+    <t>MOLECULAR ASPECTS OF MEDICINE</t>
+  </si>
+  <si>
+    <t>0098-2997</t>
+  </si>
+  <si>
+    <t>USD 5,480</t>
+  </si>
+  <si>
+    <t>Molecular Aspects of Medicine | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>Molecular Autism</t>
+  </si>
+  <si>
+    <t>2040-2392</t>
+  </si>
+  <si>
+    <t>€3090.00 EUR</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/13229?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>MOLECULAR BIOLOGY AND EVOLUTION</t>
+  </si>
+  <si>
+    <t>0737-4038</t>
+  </si>
+  <si>
+    <t>3588.9 USD</t>
+  </si>
+  <si>
+    <t>MOLECULAR BIOLOGY OF THE CELL</t>
+  </si>
+  <si>
+    <t>AMER SOC CELL BIOLOGY</t>
+  </si>
+  <si>
+    <t>1059-1524</t>
+  </si>
+  <si>
+    <t>$3,995</t>
+  </si>
+  <si>
+    <t>Molecular Biology of the Cell (MBoC)</t>
+  </si>
+  <si>
+    <t>Molecular Cancer</t>
+  </si>
+  <si>
+    <t>€4190.00 EUR</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/12943?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>MOLECULAR CANCER RESEARCH</t>
+  </si>
+  <si>
+    <t>AMER ASSOC CANCER RESEARCH</t>
+  </si>
+  <si>
+    <t>1541-7786</t>
+  </si>
+  <si>
+    <t>$1900</t>
+  </si>
+  <si>
+    <t>CC BY-NC-ND 6000 USD, CC BY 7000 USD</t>
+  </si>
+  <si>
+    <t>Publication Fees and Reprints | American Association for Cancer Research</t>
+  </si>
+  <si>
+    <t>Molecular Cell</t>
+  </si>
+  <si>
+    <t>1097-2765</t>
+  </si>
+  <si>
+    <t>Molecular Diagnosis &amp; Therapy</t>
+  </si>
+  <si>
+    <t>ADIS INT LTD</t>
+  </si>
+  <si>
+    <t>1177-1062</t>
+  </si>
+  <si>
+    <t>€3990.00 EUR</t>
+  </si>
+  <si>
+    <t>How to publish with us | Molecular Diagnosis &amp; Therapy</t>
+  </si>
+  <si>
+    <t>MOLECULAR ECOLOGY</t>
+  </si>
+  <si>
+    <t>0962-1083</t>
+  </si>
+  <si>
+    <t>Molecular Ecology Resources</t>
+  </si>
+  <si>
+    <t>1755-098X</t>
+  </si>
+  <si>
+    <t>MOLECULAR GENETICS AND METABOLISM</t>
+  </si>
+  <si>
+    <t>1096-7192</t>
+  </si>
+  <si>
+    <t>Molecular Genetics and Metabolism | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>Molecular Horticulture</t>
+  </si>
+  <si>
+    <t>2730-9401</t>
+  </si>
+  <si>
+    <t>Home | Molecular Horticulture</t>
+  </si>
+  <si>
+    <t>MOLECULAR MEDICINE</t>
+  </si>
+  <si>
+    <t>1076-1551</t>
+  </si>
+  <si>
+    <t>$3190.00 USD</t>
+  </si>
+  <si>
+    <t>Home | Molecular Medicine</t>
+  </si>
+  <si>
+    <t>MOLECULAR MICROBIOLOGY</t>
+  </si>
+  <si>
+    <t>0950-382X</t>
+  </si>
+  <si>
+    <t>MOLECULAR PHYLOGENETICS AND EVOLUTION</t>
+  </si>
+  <si>
+    <t>1055-7903</t>
+  </si>
+  <si>
+    <t>Molecular Phylogenetics and Evolution | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>Molecular Plant</t>
+  </si>
+  <si>
+    <t>1674-2052</t>
+  </si>
+  <si>
+    <t>MOLECULAR PLANT PATHOLOGY</t>
+  </si>
+  <si>
+    <t>1464-6722</t>
+  </si>
+  <si>
+    <t>2840 EUR</t>
+  </si>
+  <si>
+    <t>MOLECULAR PSYCHIATRY</t>
+  </si>
+  <si>
+    <t>1359-4184</t>
+  </si>
+  <si>
+    <t>Molecular Psychiatry</t>
+  </si>
+  <si>
+    <t>Molecular Systems Biology</t>
+  </si>
+  <si>
+    <t>1744-4292</t>
+  </si>
+  <si>
+    <t>Home | Molecular Systems Biology</t>
+  </si>
+  <si>
+    <t>MOLECULAR THERAPY</t>
+  </si>
+  <si>
+    <t>1525-0016</t>
+  </si>
+  <si>
+    <t>MOLECULES AND CELLS</t>
+  </si>
+  <si>
+    <t>KOREAN SOC MOLECULAR &amp; CELLULAR BIOLOGY</t>
+  </si>
+  <si>
+    <t>1016-8478</t>
+  </si>
+  <si>
+    <t>2500 USD</t>
+  </si>
+  <si>
+    <t>CC BY, CC BY-NC-ND, OA</t>
+  </si>
+  <si>
+    <t>Molecules and Cells – DOAJ</t>
+  </si>
+  <si>
+    <t>Movement Ecology</t>
+  </si>
+  <si>
+    <t>2051-3933</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/40462?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>mSphere</t>
+  </si>
+  <si>
+    <t>mSystems</t>
+  </si>
+  <si>
+    <t>MUTATION RESEARCH-REVIEWS IN MUTATION RESEARCH</t>
+  </si>
+  <si>
+    <t>1383-5742</t>
+  </si>
+  <si>
+    <t>Mutation Research - Reviews in Mutation Research | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>Mycosphere</t>
+  </si>
+  <si>
+    <t>MYCOSPHERE PRESS</t>
+  </si>
+  <si>
+    <t>2077-7000</t>
+  </si>
+  <si>
+    <t>EUR 2500</t>
+  </si>
+  <si>
+    <t>Mycosphere Journal of Mycology Submissions</t>
+  </si>
+  <si>
+    <t>Myrmecological News</t>
+  </si>
+  <si>
+    <t>OESTERREICHISCHE GESELL ENTOMOFAUNISTIK, C/O NATURHISTOR MUSEUM WIEN</t>
+  </si>
+  <si>
+    <t>1994-4136</t>
+  </si>
+  <si>
+    <t>800 EUR</t>
+  </si>
+  <si>
+    <t>About – Open access</t>
+  </si>
+  <si>
+    <t>NATURAL PRODUCT REPORTS</t>
+  </si>
+  <si>
+    <t>0265-0568</t>
+  </si>
+  <si>
+    <t>Natural Product Reports (NPR)</t>
+  </si>
+  <si>
+    <t>Nature Aging</t>
+  </si>
+  <si>
+    <t>$12690.00 USD </t>
+  </si>
+  <si>
+    <t>NATURE CELL BIOLOGY</t>
+  </si>
+  <si>
+    <t>1465-7392</t>
+  </si>
+  <si>
+    <t>10690 EUR</t>
+  </si>
+  <si>
+    <t>https://www.nature.com/ncb/?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>Nature Chemical Biology</t>
+  </si>
+  <si>
+    <t>1552-4450</t>
+  </si>
+  <si>
+    <t>€10690.00 EUR</t>
+  </si>
+  <si>
+    <t>https://www.nature.com/nchembio/?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>Nature Ecology &amp; Evolution</t>
+  </si>
+  <si>
+    <t>2397-334X</t>
+  </si>
+  <si>
+    <t>https://www.nature.com/natecolevol/?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>NATURE GENETICS</t>
+  </si>
+  <si>
+    <t>1061-4036</t>
+  </si>
+  <si>
+    <t>https://www.nature.com/ng/?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>NATURE MEDICINE</t>
+  </si>
+  <si>
+    <t>1078-8956</t>
+  </si>
+  <si>
+    <t>https://www.nature.com/nm/?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>NATURE METHODS</t>
+  </si>
+  <si>
+    <t>1548-7091</t>
+  </si>
+  <si>
+    <t>https://www.nature.com/nmeth?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>Nature Microbiology</t>
+  </si>
+  <si>
+    <t>2058-5276</t>
+  </si>
+  <si>
+    <t>https://www.nature.com/nmicrobiol/?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>Nature Plants</t>
+  </si>
+  <si>
+    <t>2055-026X</t>
+  </si>
+  <si>
+    <t>https://www.nature.com/nplants/?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>Nature Protocols</t>
+  </si>
+  <si>
+    <t>1754-2189</t>
+  </si>
+  <si>
+    <t>subscription</t>
+  </si>
+  <si>
+    <t>Publishing model | Nature Protocols</t>
+  </si>
+  <si>
+    <t>NATURE REVIEWS GENETICS</t>
+  </si>
+  <si>
+    <t>1471-0056</t>
+  </si>
+  <si>
+    <t>Publishing model | Nature Reviews Genetics</t>
+  </si>
+  <si>
+    <t>NATURE REVIEWS MICROBIOLOGY</t>
+  </si>
+  <si>
+    <t>1740-1526</t>
+  </si>
+  <si>
+    <t>Preparing your submission | Nature Reviews Microbiology</t>
+  </si>
+  <si>
+    <t>NATURE REVIEWS MOLECULAR CELL BIOLOGY</t>
+  </si>
+  <si>
+    <t>1471-0072</t>
+  </si>
+  <si>
+    <t>Publishing model | Nature Reviews Molecular Cell Biology</t>
+  </si>
+  <si>
+    <t>NATURE STRUCTURAL &amp; MOLECULAR BIOLOGY</t>
+  </si>
+  <si>
+    <t>1545-9993</t>
+  </si>
+  <si>
+    <t>https://www.nature.com/nsmb/?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>Neural Development</t>
+  </si>
+  <si>
+    <t>Neural Regeneration Research</t>
+  </si>
+  <si>
+    <t>WOLTERS KLUWER MEDKNOW PUBLICATIONS</t>
+  </si>
+  <si>
+    <t>1673-5374</t>
+  </si>
+  <si>
+    <t>Neurology-Genetics</t>
+  </si>
+  <si>
+    <t>2376-7839</t>
+  </si>
+  <si>
+    <t>3300 USD</t>
+  </si>
+  <si>
+    <t>Neurology: Genetics – DOAJ</t>
+  </si>
+  <si>
+    <t>NEUROSCIENCE AND BIOBEHAVIORAL REVIEWS</t>
+  </si>
+  <si>
+    <t>0149-7634</t>
+  </si>
+  <si>
+    <t>USD 4,740</t>
+  </si>
+  <si>
+    <t>Neuroscience &amp; Biobehavioral Reviews | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>NEW PHYTOLOGIST</t>
+  </si>
+  <si>
+    <t>0028-646X</t>
+  </si>
+  <si>
+    <t>NMR IN BIOMEDICINE</t>
+  </si>
+  <si>
+    <t>0952-3480</t>
+  </si>
+  <si>
+    <t>npj Biofilms and Microbiomes</t>
+  </si>
+  <si>
+    <t>€3690.00 EUR</t>
+  </si>
+  <si>
+    <t>https://www.nature.com/npjbiofilms/?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>npj Genomic Medicine</t>
+  </si>
+  <si>
+    <t>https://www.nature.com/npjgenmed/?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>npj Systems Biology and Applications</t>
+  </si>
+  <si>
+    <t>https://www.nature.com/npjsba/?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>Nucleic Acid Therapeutics</t>
+  </si>
+  <si>
+    <t>2159-3337</t>
+  </si>
+  <si>
+    <t>$3,600</t>
+  </si>
+  <si>
+    <t>Nucleic Acid Therapeutics | Mary Ann Liebert, Inc., publishers</t>
+  </si>
+  <si>
+    <t>NUCLEIC ACIDS RESEARCH</t>
+  </si>
+  <si>
+    <t>0305-1048</t>
+  </si>
+  <si>
+    <t>4191.6 USD</t>
+  </si>
+  <si>
+    <t>Nucleus</t>
+  </si>
+  <si>
+    <t>1949-1034</t>
+  </si>
+  <si>
+    <t>OIKOS</t>
+  </si>
+  <si>
+    <t>0030-1299</t>
+  </si>
+  <si>
+    <t>ONCOGENE</t>
+  </si>
+  <si>
+    <t>0950-9232</t>
+  </si>
+  <si>
+    <t>Oncogene</t>
+  </si>
+  <si>
+    <t>Open Biology</t>
+  </si>
+  <si>
+    <t>Open Forum Infectious Diseases</t>
+  </si>
+  <si>
+    <t>2328-8957</t>
+  </si>
+  <si>
+    <t>4255.65 USD</t>
+  </si>
+  <si>
+    <t>CC BY-ND, OA</t>
+  </si>
+  <si>
+    <t>Orphanet Journal of Rare Diseases</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/13023?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>PALEOBIOLOGY</t>
+  </si>
+  <si>
+    <t>0094-8373</t>
+  </si>
+  <si>
+    <t>PEDOSPHERE</t>
+  </si>
+  <si>
+    <t>1002-0160</t>
+  </si>
+  <si>
+    <t>Pedosphere | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>People and Nature</t>
+  </si>
+  <si>
+    <t>2310 EUR</t>
+  </si>
+  <si>
+    <t>PERSOONIA</t>
+  </si>
+  <si>
+    <t>RIJKSHERBARIUM</t>
+  </si>
+  <si>
+    <t>0031-5850</t>
+  </si>
+  <si>
+    <t>Persoonia journal</t>
+  </si>
+  <si>
+    <t>Perspectives in Ecology and Conservation</t>
+  </si>
+  <si>
+    <t>2530-0644</t>
+  </si>
+  <si>
+    <t>USD 0</t>
+  </si>
+  <si>
+    <t>Open access information - Perspectives in Ecology and Conservation - ISSN 2530-0644 | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>PERSPECTIVES IN PLANT ECOLOGY EVOLUTION AND SYSTEMATICS</t>
+  </si>
+  <si>
+    <t>1433-8319</t>
+  </si>
+  <si>
+    <t>USD 3,390</t>
+  </si>
+  <si>
+    <t>Perspectives in Plant Ecology, Evolution and Systematics | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>PEST MANAGEMENT SCIENCE</t>
+  </si>
+  <si>
+    <t>JOHN WILEY &amp; SONS LTD</t>
+  </si>
+  <si>
+    <t>1526-498X</t>
+  </si>
+  <si>
+    <t>$5,360</t>
+  </si>
+  <si>
+    <t>Journal Finder</t>
+  </si>
+  <si>
+    <t>PHILOSOPHICAL TRANSACTIONS OF THE ROYAL SOCIETY B-BIOLOGICAL SCIENCES</t>
+  </si>
+  <si>
+    <t>0962-8436</t>
+  </si>
+  <si>
+    <t>Physics of Life Reviews</t>
+  </si>
+  <si>
+    <t>1571-0645</t>
+  </si>
+  <si>
+    <t>USD 4,510</t>
+  </si>
+  <si>
+    <t>Physics of Life Reviews | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>PHYTOCHEMISTRY REVIEWS</t>
+  </si>
+  <si>
+    <t>1568-7767</t>
+  </si>
+  <si>
+    <t>Home | Phytochemistry Reviews</t>
+  </si>
+  <si>
+    <t>PHYTOMEDICINE</t>
+  </si>
+  <si>
+    <t>0944-7113</t>
+  </si>
+  <si>
+    <t>Phytomedicine | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>Pigment Cell &amp; Melanoma Research</t>
+  </si>
+  <si>
+    <t>1755-1471</t>
+  </si>
+  <si>
+    <t>PLANT AND CELL PHYSIOLOGY</t>
+  </si>
+  <si>
+    <t>0032-0781</t>
+  </si>
+  <si>
+    <t>3177.55 USD</t>
+  </si>
+  <si>
+    <t>PLANT AND SOIL</t>
+  </si>
+  <si>
+    <t>0032-079X</t>
+  </si>
+  <si>
+    <t>Home | Plant and Soil</t>
+  </si>
+  <si>
+    <t>PLANT BIOTECHNOLOGY JOURNAL</t>
+  </si>
+  <si>
+    <t>1467-7644</t>
+  </si>
+  <si>
+    <t>PLANT CELL</t>
+  </si>
+  <si>
+    <t>1040-4651</t>
+  </si>
+  <si>
+    <t>PLANT CELL AND ENVIRONMENT</t>
+  </si>
+  <si>
+    <t>0140-7791</t>
+  </si>
+  <si>
+    <t>PLANT CELL REPORTS</t>
+  </si>
+  <si>
+    <t>0721-7714</t>
+  </si>
+  <si>
+    <t>Home | Plant Cell Reports</t>
+  </si>
+  <si>
+    <t>Plant Communications</t>
+  </si>
+  <si>
+    <t>2590-3462</t>
+  </si>
+  <si>
+    <t>Plant Diversity</t>
+  </si>
+  <si>
+    <t>2096-2703</t>
+  </si>
+  <si>
+    <t>2200 USD</t>
+  </si>
+  <si>
+    <t>January 1, 2026 to December 31, 2026: 1200 USD</t>
+  </si>
+  <si>
+    <t>Open Access Journal | Plant Diversity</t>
+  </si>
+  <si>
+    <t>PLANT JOURNAL</t>
+  </si>
+  <si>
+    <t>0960-7412</t>
+  </si>
+  <si>
+    <t>Plant Methods</t>
+  </si>
+  <si>
+    <t>€2590.00 EUR</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/13007?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>Plant Phenomics</t>
+  </si>
+  <si>
+    <t>2643-6515</t>
+  </si>
+  <si>
+    <t>Plant Phenomics | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>PLANT PHYSIOLOGY</t>
+  </si>
+  <si>
+    <t>0032-0889</t>
+  </si>
+  <si>
+    <t>4101.315 USD</t>
+  </si>
+  <si>
+    <t>Plants People Planet</t>
+  </si>
+  <si>
+    <t>2590 EUR</t>
+  </si>
+  <si>
+    <t>PLOS BIOLOGY</t>
+  </si>
+  <si>
+    <t>PUBLIC LIBRARY SCIENCE</t>
+  </si>
+  <si>
+    <t>1544-9173</t>
   </si>
   <si>
     <t>$5,500</t>
   </si>
   <si>
-    <t xml:space="preserve">Research Article $5,500; Pre-registered Research Article $5,500; Short Reports $5,500; Methods and Resources $5,500; Meta-Research Article $5,500; Discovery Report $4,675; Update Article $3,150 </t>
-[...59 lines deleted...]
-    <t>https://rnajournal.cshlp.org/site/misc/ifora_openaccess.xhtml</t>
+    <t>Explore our publication fees and funding for open access publishing - PLOS</t>
+  </si>
+  <si>
+    <t>PLoS Computational Biology</t>
+  </si>
+  <si>
+    <t>1553-734X</t>
+  </si>
+  <si>
+    <t>$3,043</t>
+  </si>
+  <si>
+    <t>PLoS Genetics</t>
+  </si>
+  <si>
+    <t>1553-7404</t>
+  </si>
+  <si>
+    <t>PLoS Pathogens</t>
+  </si>
+  <si>
+    <t>1553-7366</t>
+  </si>
+  <si>
+    <t>POSTHARVEST BIOLOGY AND TECHNOLOGY</t>
+  </si>
+  <si>
+    <t>0925-5214</t>
+  </si>
+  <si>
+    <t>Postharvest Biology and Technology | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>PRECISION AGRICULTURE</t>
+  </si>
+  <si>
+    <t>1385-2256</t>
+  </si>
+  <si>
+    <t>Home | Precision Agriculture</t>
+  </si>
+  <si>
+    <t>PROCEEDINGS OF THE ROYAL SOCIETY B-BIOLOGICAL SCIENCES</t>
+  </si>
+  <si>
+    <t>0962-8452</t>
+  </si>
+  <si>
+    <t>PROGRESS IN BIOPHYSICS &amp; MOLECULAR BIOLOGY</t>
+  </si>
+  <si>
+    <t>0079-6107</t>
+  </si>
+  <si>
+    <t>PROGRESS IN LIPID RESEARCH</t>
+  </si>
+  <si>
+    <t>0163-7827</t>
+  </si>
+  <si>
+    <t>USD 5,390</t>
+  </si>
+  <si>
+    <t>Progress in Lipid Research | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>Protein &amp; Cell</t>
+  </si>
+  <si>
+    <t>1674-800X</t>
+  </si>
+  <si>
+    <t>2799.9 USD</t>
+  </si>
+  <si>
+    <t>PROTEIN SCIENCE</t>
+  </si>
+  <si>
+    <t>0961-8368</t>
+  </si>
+  <si>
+    <t>PROTEINS-STRUCTURE FUNCTION AND BIOINFORMATICS</t>
+  </si>
+  <si>
+    <t>0887-3585</t>
+  </si>
+  <si>
+    <t>PROTEOMICS</t>
+  </si>
+  <si>
+    <t>1615-9853</t>
+  </si>
+  <si>
+    <t>QUARTERLY REVIEW OF BIOLOGY</t>
+  </si>
+  <si>
+    <t>0033-5770</t>
+  </si>
+  <si>
+    <t>Quarterly Review of Biology Impact Factor, Indexing, Ranking, Quartile, Abbreviation 2025 - JournalsInsights</t>
+  </si>
+  <si>
+    <t>QUARTERLY REVIEWS OF BIOPHYSICS</t>
+  </si>
+  <si>
+    <t>0033-5835</t>
+  </si>
+  <si>
+    <t>Redox Biology</t>
+  </si>
+  <si>
+    <t>2213-2317</t>
+  </si>
+  <si>
+    <t>USD 4,610</t>
+  </si>
+  <si>
+    <t>Redox Biology | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>REDOX REPORT</t>
+  </si>
+  <si>
+    <t>1351-0002</t>
+  </si>
+  <si>
+    <t>Remote Sensing in Ecology and Conservation</t>
+  </si>
+  <si>
+    <t>3050 EUR</t>
+  </si>
+  <si>
+    <t>CC BY*, CC-BY-NC and CC-BY-NC-ND</t>
+  </si>
+  <si>
+    <t>REPRODUCTION</t>
+  </si>
+  <si>
+    <t>BIOSCIENTIFICA LTD</t>
+  </si>
+  <si>
+    <t>1470-1626</t>
+  </si>
+  <si>
+    <t>Open-access policy</t>
+  </si>
+  <si>
+    <t>Reproductive Biology and Endocrinology</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/12958?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>REPRODUCTIVE BIOMEDICINE ONLINE</t>
+  </si>
+  <si>
+    <t>1472-6483</t>
+  </si>
+  <si>
+    <t>USD 3850</t>
+  </si>
+  <si>
+    <t>Reproductive BioMedicine Online</t>
+  </si>
+  <si>
+    <t>Research Synthesis Methods</t>
+  </si>
+  <si>
+    <t>1759-2879</t>
+  </si>
+  <si>
+    <t>$3,020</t>
+  </si>
+  <si>
+    <t>Reviews in Aquaculture</t>
+  </si>
+  <si>
+    <t>1753-5123</t>
+  </si>
+  <si>
+    <t>REVIEWS IN FISH BIOLOGY AND FISHERIES</t>
+  </si>
+  <si>
+    <t>0960-3166</t>
+  </si>
+  <si>
+    <t>Home | Reviews in Fish Biology and Fisheries</t>
+  </si>
+  <si>
+    <t>Reviews in Fisheries Science &amp; Aquaculture</t>
+  </si>
+  <si>
+    <t>2330-8249</t>
+  </si>
+  <si>
+    <t>REVIEWS IN MEDICAL VIROLOGY</t>
+  </si>
+  <si>
+    <t>1052-9276</t>
+  </si>
+  <si>
+    <t>Rice</t>
+  </si>
+  <si>
+    <t>1939-8425</t>
+  </si>
+  <si>
+    <t>$3090.00 USD</t>
+  </si>
+  <si>
+    <t>Home | Rice</t>
+  </si>
+  <si>
+    <t>Rice Science</t>
+  </si>
+  <si>
+    <t>1672-6308</t>
+  </si>
+  <si>
+    <t>(CC BY-NC-ND)</t>
+  </si>
+  <si>
+    <t>?</t>
+  </si>
+  <si>
+    <t>Rice Science | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>RNA</t>
+  </si>
+  <si>
+    <t>1355-8382</t>
+  </si>
+  <si>
+    <t>US $2,000</t>
+  </si>
+  <si>
+    <t>US $1,500 service charge under subscription/hybrid model</t>
+  </si>
+  <si>
+    <t>Journal Resources | Cold Spring Harbor Laboratory</t>
+  </si>
+  <si>
+    <t>RNA Biology</t>
+  </si>
+  <si>
+    <t>1547-6286</t>
+  </si>
+  <si>
+    <t>Science China-Life Sciences</t>
+  </si>
+  <si>
+    <t>1674-7305</t>
+  </si>
+  <si>
+    <t>Home | Science China Life Sciences</t>
+  </si>
+  <si>
+    <t>Science Signaling</t>
+  </si>
+  <si>
+    <t>AMER ASSOC ADVANCEMENT SCIENCE</t>
+  </si>
+  <si>
+    <t>1945-0877</t>
   </si>
   <si>
     <t>Figure processing fees for both color and black and white illustrations will be assessed for Research Articles. There is no cost to have a manuscript evaluated.</t>
   </si>
   <si>
-    <t>https://www.science.org/content/page/stm-instructions-research-articles-initial-submission#article-publication-fees</t>
-[...796 lines deleted...]
-    <t>https://environmentalmicrobiome.biomedcentral.com/submission-guidelines/fees-and-funding</t>
+    <t>Science Signaling: Instructions for Authors of Research Articles (Initial Submission) | Science | AAAS</t>
+  </si>
+  <si>
+    <t>Science Translational Medicine</t>
+  </si>
+  <si>
+    <t>1946-6234</t>
+  </si>
+  <si>
+    <t>Science Translational Medicine: Instructions for Authors of Research Articles (Initial Submission) | Science | AAAS</t>
+  </si>
+  <si>
+    <t>SCIENTIA HORTICULTURAE</t>
+  </si>
+  <si>
+    <t>0304-4238</t>
+  </si>
+  <si>
+    <t>Scientia Horticulturae | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>SEMINARS IN CELL &amp; DEVELOPMENTAL BIOLOGY</t>
+  </si>
+  <si>
+    <t>1084-9521</t>
+  </si>
+  <si>
+    <t>USD 4,540</t>
+  </si>
+  <si>
+    <t>Seminars in Cell &amp; Developmental Biology | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>Signal Transduction and Targeted Therapy</t>
+  </si>
+  <si>
+    <t>2095-9907</t>
+  </si>
+  <si>
+    <t>$3790.00 USD</t>
+  </si>
+  <si>
+    <t>Skeletal Muscle</t>
+  </si>
+  <si>
+    <t>2044-5040</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/13395?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>Soil</t>
+  </si>
+  <si>
+    <t>2199-3971</t>
+  </si>
+  <si>
+    <t>SOIL - Article processing charges</t>
+  </si>
+  <si>
+    <t>SOIL &amp; TILLAGE RESEARCH</t>
+  </si>
+  <si>
+    <t>0167-1987</t>
+  </si>
+  <si>
+    <t>USD 4,590</t>
+  </si>
+  <si>
+    <t>Soil and Tillage Research | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>SOIL BIOLOGY &amp; BIOCHEMISTRY</t>
+  </si>
+  <si>
+    <t>0038-0717</t>
+  </si>
+  <si>
+    <t>USD 5,120</t>
+  </si>
+  <si>
+    <t>Soil Biology and Biochemistry | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>SOIL SCIENCE SOCIETY OF AMERICA JOURNAL</t>
+  </si>
+  <si>
+    <t>0361-5995</t>
+  </si>
+  <si>
+    <t>SOIL USE AND MANAGEMENT</t>
+  </si>
+  <si>
+    <t>0266-0032</t>
+  </si>
+  <si>
+    <t>STATISTICAL METHODS IN MEDICAL RESEARCH</t>
+  </si>
+  <si>
+    <t>SAGE PUBLICATIONS LTD</t>
+  </si>
+  <si>
+    <t>0962-2802</t>
+  </si>
+  <si>
+    <t>STATISTICS IN MEDICINE</t>
+  </si>
+  <si>
+    <t>0277-6715</t>
+  </si>
+  <si>
+    <t>Stem Cell Reports</t>
+  </si>
+  <si>
+    <t>2213-6711</t>
+  </si>
+  <si>
+    <t>Stem Cell Research &amp; Therapy</t>
+  </si>
+  <si>
+    <t>https://link.springer.com/journal/13287?utm_source=slink&amp;utm_medium=journal_finder</t>
+  </si>
+  <si>
+    <t>STEM CELLS</t>
+  </si>
+  <si>
+    <t>1066-5099</t>
+  </si>
+  <si>
+    <t>4611.31 USD</t>
+  </si>
+  <si>
+    <t>STRUCTURE</t>
+  </si>
+  <si>
+    <t>0969-2126</t>
+  </si>
+  <si>
+    <t>STUDIES IN MYCOLOGY</t>
+  </si>
+  <si>
+    <t>WESTERDIJK FUNGAL BIODIVERSITY INST</t>
+  </si>
+  <si>
+    <t>0166-0616</t>
+  </si>
+  <si>
+    <t>no charge</t>
+  </si>
+  <si>
+    <t>Instructions for authors</t>
+  </si>
+  <si>
+    <t>Synthetic Biology</t>
+  </si>
+  <si>
+    <t>3347.5 USD</t>
+  </si>
+  <si>
+    <t>CC BY-NC-ND, OA</t>
+  </si>
+  <si>
+    <t>Systematic Biology</t>
+  </si>
+  <si>
+    <t>1063-5157</t>
+  </si>
+  <si>
+    <t>2339.28 USD</t>
+  </si>
+  <si>
+    <t>SYSTEMATIC ENTOMOLOGY</t>
+  </si>
+  <si>
+    <t>0307-6970</t>
+  </si>
+  <si>
+    <t>TAXON</t>
+  </si>
+  <si>
+    <t>0040-0262</t>
+  </si>
+  <si>
+    <t>THEORETICAL AND APPLIED GENETICS</t>
+  </si>
+  <si>
+    <t>0040-5752</t>
+  </si>
+  <si>
+    <t>Home | Theoretical and Applied Genetics</t>
+  </si>
+  <si>
+    <t>Tissue Engineering Part B-Reviews</t>
+  </si>
+  <si>
+    <t>1937-3368</t>
+  </si>
+  <si>
+    <t>Tissue Engineering, Parts A, B, &amp; C | Mary Ann Liebert, Inc., publishers</t>
+  </si>
+  <si>
+    <t>TRAFFIC</t>
+  </si>
+  <si>
+    <t>1398-9219</t>
+  </si>
+  <si>
+    <t>TREE PHYSIOLOGY</t>
+  </si>
+  <si>
+    <t>0829-318X</t>
+  </si>
+  <si>
+    <t>4465.65 USD</t>
+  </si>
+  <si>
+    <t>TRENDS IN BIOCHEMICAL SCIENCES</t>
+  </si>
+  <si>
+    <t>0968-0004</t>
+  </si>
+  <si>
+    <t>TRENDS IN CELL BIOLOGY</t>
+  </si>
+  <si>
+    <t>0962-8924</t>
+  </si>
+  <si>
+    <t>TRENDS IN COGNITIVE SCIENCES</t>
+  </si>
+  <si>
+    <t>1364-6613</t>
+  </si>
+  <si>
+    <t>TRENDS IN ECOLOGY &amp; EVOLUTION</t>
+  </si>
+  <si>
+    <t>0169-5347</t>
+  </si>
+  <si>
+    <t>TRENDS IN GENETICS</t>
+  </si>
+  <si>
+    <t>0168-9525</t>
+  </si>
+  <si>
+    <t>TRENDS IN MICROBIOLOGY</t>
+  </si>
+  <si>
+    <t>0966-842X</t>
+  </si>
+  <si>
+    <t>TRENDS IN MOLECULAR MEDICINE</t>
+  </si>
+  <si>
+    <t>1471-4914</t>
+  </si>
+  <si>
+    <t>TRENDS IN PLANT SCIENCE</t>
+  </si>
+  <si>
+    <t>1360-1385</t>
+  </si>
+  <si>
+    <t>URBAN FORESTRY &amp; URBAN GREENING</t>
+  </si>
+  <si>
+    <t>1618-8667</t>
+  </si>
+  <si>
+    <t>Urban Forestry &amp; Urban Greening | Journal | ScienceDirect.com by Elsevier</t>
+  </si>
+  <si>
+    <t>VADOSE ZONE JOURNAL</t>
+  </si>
+  <si>
+    <t>Virulence</t>
+  </si>
+  <si>
+    <t>2150-5594</t>
   </si>
   <si>
     <t>EUR 3170</t>
   </si>
   <si>
-    <t>https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=kepi&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1</t>
-[...1073 lines deleted...]
-    <t>1Q</t>
+    <t>Virus Evolution</t>
+  </si>
+  <si>
+    <t>3469.2 USD</t>
+  </si>
+  <si>
+    <t>WATER RESOURCES RESEARCH</t>
+  </si>
+  <si>
+    <t>AMER GEOPHYSICAL UNION</t>
+  </si>
+  <si>
+    <t>0043-1397</t>
+  </si>
+  <si>
+    <t>$3000 USD</t>
+  </si>
+  <si>
+    <t>Open Access - Water Resources Research</t>
+  </si>
+  <si>
+    <t>WILDLIFE MONOGRAPHS</t>
+  </si>
+  <si>
+    <t>0084-0173</t>
+  </si>
+  <si>
+    <t>Wiley Interdisciplinary Reviews-Computational Molecular Science</t>
+  </si>
+  <si>
+    <t>1759-0876</t>
+  </si>
+  <si>
+    <t>€4,600 EUR</t>
+  </si>
+  <si>
+    <t>WIREs Computational Molecular Science</t>
+  </si>
+  <si>
+    <t>Wiley Interdisciplinary Reviews-RNA</t>
+  </si>
+  <si>
+    <t>1757-7004</t>
+  </si>
+  <si>
+    <t>€4,180 EUR</t>
+  </si>
+  <si>
+    <t>WIREs RNA</t>
+  </si>
+  <si>
+    <t>YALE JOURNAL OF BIOLOGY AND MEDICINE</t>
+  </si>
+  <si>
+    <t>YALE J BIOLOGY MEDICINE, INC</t>
+  </si>
+  <si>
+    <t>0044-0086</t>
+  </si>
+  <si>
+    <t>Open Access | Yale Journal of Biology and Medicine</t>
+  </si>
+  <si>
+    <t>ZOOLOGICAL RESEARCH</t>
+  </si>
+  <si>
+    <t>2095-8137</t>
+  </si>
+  <si>
+    <t>Author Guidelines for Submitting Manuscripts to Zoological Research</t>
+  </si>
+  <si>
+    <t>3922 USD</t>
+  </si>
+  <si>
+    <t>9640 EUR</t>
+  </si>
+  <si>
+    <t>8660 EUR</t>
+  </si>
+  <si>
+    <t>10560 EUR</t>
+  </si>
+  <si>
+    <t>2780 EUR</t>
+  </si>
+  <si>
+    <t>4770 EUR</t>
+  </si>
+  <si>
+    <t>5210 EUR</t>
+  </si>
+  <si>
+    <t>6510 EUR</t>
+  </si>
+  <si>
+    <t>4630 EUR</t>
+  </si>
+  <si>
+    <t>4170 EUR</t>
+  </si>
+  <si>
+    <t>3880 EUR</t>
+  </si>
+  <si>
+    <t>3240 EUR</t>
+  </si>
+  <si>
+    <t>2900 EUR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="2">
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="[$€-2]\ #,##0;[Red]\-[$€-2]\ #,##0"/>
+  <numFmts count="6">
+    <numFmt numFmtId="6" formatCode="&quot;£&quot;#,##0;[Red]\-&quot;£&quot;#,##0"/>
+    <numFmt numFmtId="164" formatCode="[$$-409]#,##0"/>
+    <numFmt numFmtId="165" formatCode="[$€-2]\ #,##0"/>
+    <numFmt numFmtId="166" formatCode="[$€-2]\ #,##0;[Red]\-[$€-2]\ #,##0"/>
+    <numFmt numFmtId="167" formatCode="_([$€-2]\ * #,##0_);_([$€-2]\ * \(#,##0\);_([$€-2]\ * &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="168" formatCode="[$€-2]\ #,##0.00;[Red]\-[$€-2]\ #,##0.00"/>
   </numFmts>
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
-      <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FFFF0000"/>
+      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
-      <charset val="238"/>
-[...20 lines deleted...]
-      <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <u/>
       <sz val="11"/>
-      <color rgb="FF1C1D1E"/>
-[...22 lines deleted...]
-      <color rgb="FFFF0000"/>
+      <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="9"/>
-[...2 lines deleted...]
-      <charset val="238"/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF333F48"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <charset val="238"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
-      <charset val="238"/>
     </font>
     <font>
-      <sz val="12"/>
-      <color rgb="FF1F1F1F"/>
+      <i/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
-      <charset val="238"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+        <bgColor theme="4"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor theme="4" tint="0.79998168889431442"/>
+      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.59999389629810485"/>
+        <bgColor theme="4" tint="0.59999389629810485"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor rgb="FFFDE9D9"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="2">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="thin">
+        <color theme="0"/>
+      </right>
+      <top/>
+      <bottom style="thick">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color theme="0"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color theme="0"/>
+      </right>
+      <top/>
+      <bottom style="thick">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
+        <color theme="0"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right style="thin">
+        <color theme="0"/>
+      </right>
+      <top style="thin">
+        <color theme="0"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color theme="0"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0" tint="-0.499984740745262"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="2"/>
+      </left>
+      <right style="thin">
+        <color theme="2"/>
+      </right>
+      <top style="thin">
+        <color theme="2"/>
+      </top>
+      <bottom style="thin">
+        <color theme="2"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="41">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-[...8 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" indent="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="6" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="5" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="8" borderId="8" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="8" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="5" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="6" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="5" borderId="8" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="8" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="6" fillId="5" borderId="8" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="6" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="8" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="6" fillId="5" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="2">
+  <cellStyles count="6">
     <cellStyle name="Hypertextový odkaz" xfId="1" builtinId="8"/>
+    <cellStyle name="Normal 2 2" xfId="3" xr:uid="{858F759F-6D1C-4CF3-A59B-A97BA5A0208E}"/>
+    <cellStyle name="Normal 2 2 2" xfId="5" xr:uid="{04730D2F-E1C3-4A40-8181-3F29C82D4A10}"/>
     <cellStyle name="Normální" xfId="0" builtinId="0"/>
+    <cellStyle name="Normální 2" xfId="2" xr:uid="{B633E066-523F-4DFC-9FB5-9F94CBE1CDF8}"/>
+    <cellStyle name="Normální 4" xfId="4" xr:uid="{17AA9DD4-F256-477A-9CE7-6AF9FD425D30}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -6124,8834 +5745,15434 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/ajhg/authors" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mcponline.org/publication-charges" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.asm.org/publication-fees" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/open-access" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/ageing-research-reviews/publish/open-access-options" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.asm.org/publication-fees?journal=mbio" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.keaipublishing.com/en/journals/the-crop-journal/guide-for-authors" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cell.com/open-access" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.studiesinmycology.org/index.php" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/10577/how-to-publish-with-us" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springernature.com/gp/open-research/policies/journal-policies/apc-pilot" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/read-and-publish-agreements/czech-republic-institutions" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isevjournals.onlinelibrary.wiley.com/hub/journal/20013078/homepage/open-access" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elife-rp.msubmit.net/html/elife-rp_author_instructions.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/nrg/publishing-model" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.liebertpub.com/publications/antioxidants-and-redox-signaling/4/for-authors" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.liebertpub.com/publications/human-gene-therapy/19/for-authors" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.liebertpub.com/publications/the-crispr-journal/642/for-authors" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=IAMY&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1&amp;_gl=1*7h22ra*_gcl_au*OTAxMjU0MTQ1LjE3MjI0MTMzMjM.*_ga*MTM4MzQ3OTE3NC4xNzIyNDEzMzI3*_ga_0HYE8YG0M6*MTcyMjQxMzMyNy4xLjEuMTcyMjQxMzM4Mi41LjAuMA..&amp;_ga=2.133418566.914389232.1722413328-1383479174.1722413327" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cshperspectives.cshlp.org/help/features/major-features/pay-for-access" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/11101?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journalsinsights.com/journals/artificial-intelligence-in-agriculture" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/annals-of-agricultural-sciences" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/soil-and-tillage-research" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=kepi&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aacrjournals.org/pages/publication-fees-and-reprints" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cshperspectives.cshlp.org/help/subscriptions" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=iemt&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/cells-and-development" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/cortex" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/13595?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/current-opinion-in-microbiology/publish/open-access-options" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acsess.onlinelibrary.wiley.com/hub/journal/24719625/openaccess" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://royalsociety.org/journals/open-access/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/commsbio/?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/forest-policy-and-economics" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/celldisc/?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/cellular-and-infection-microbiology/for-authors/publishing-fees" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.keaipublishing.com/en/journals/horticultural-plant-journal/open-access-journal/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.annualreviews.org/s2o_supplement" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plos.org/fees/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/fungal-biology-reviews" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/43897?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journalsinsights.com/journals/quarterly-review-of-biology?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/journal-of-structural-biology" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/10342?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.liebertpub.com/publications/nucleic-acid-therapeutics/601/for-authors" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rep.bioscientifica.com/page/open-access" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/matrix-biology" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/plant-phenomics" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=tmcb&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://royalsociety.org/journals/open-access/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/applied-soil-ecology" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/299?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acsopenscience.org/researchers/oa-pricing/?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/european-journal-of-soil-biology" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/10340?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cshl.edu/cold-spring-harbor-laboratory-press/journal-resources/?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=tlus&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/nrg/publishing-model" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/current-opinion-in-behavioral-sciences/publish/open-access-options" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/biological-conservation" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.embopress.org/page/journal/14602075/about?_gl=1*zu931*_up*MQ..*_ga*NzI5Njc4ODk5LjE3NjM4NDYwOTI.*_ga_D692E1CL8S*czE3NjM4NDYwOTEkbzEkZzAkdDE3NjM4NDYwOTEkajYwJGwwJGgw" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/current-opinion-in-structural-biology" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/agricultural-water-management" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plos.org/fees/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sagepub.com/journals/information-for-authors/publishing-options/hybrid-open-access-sage-choice" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/integrative-neuroscience/for-authors/publishing-fees" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.keaipublishing.com/en/journals/plant-diversity/open-access-journal/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/geoderma-regional" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jmcc-online.com/open-access-information" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/42408?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.annualreviews.org/s2o_supplement" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/44320?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wires.onlinelibrary.wiley.com/journal/17590884/homepage/open-access" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/methods" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/molecular-aspects-of-medicine" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.microbiologyresearch.org/publishing-costs" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/view/journals/bm/bm-overview.xml?language=en&amp;srsltid=AfmBOoprgdEFcq69TUZo0bL33jwD7S-WgPnQTKHU-bPrZiHE5Z3HILyS&amp;utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/10495?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/11160?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=brfs&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.biologists.com/jcs/pages/open-access" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/biochimica-et-biophysica-acta-bba-gene-regulatory-mechanisms" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/dendrochronologia" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agupubs.onlinelibrary.wiley.com/hub/journal/19447973/about/open-access" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/40725?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=yrer&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/computers-in-biology-and-medicine" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/dna-repair" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/nrm/publishing-model" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clinicalmicrobiologyandinfection.org/open-access-information" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/10565?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/ejhg/?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.annualreviews.org/s2o_supplement" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/journal-of-genetics-and-genomics/publish/open-access-options" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/agriculture-ecosystems-and-environment" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecologyandsociety.org/policies/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/molecular-biosciences/for-authors/publishing-fees" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doaj.org/toc/2575-1077?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/industrial-crops-and-products" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/perspectives-in-ecology-and-conservation/publish/open-access-options" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/439?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/onc/?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridge.org/core/services/open-research/gold-open-access-journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/12941/how-to-publish-with-us" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.lww.com/nrronline/Pages/instructionsforauthors.aspx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/molecular-phylogenetics-and-evolution" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/11676/funding-eligibility?bpid=3000183628" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/physics-of-life-reviews" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/12284?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.physiology.org/fees-oa" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=kvir&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.biogeosciences.net/about/article_processing_charges.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/biochimica-et-biophysica-acta-bba-molecular-cell-research" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/microbiological-research" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/10571?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/current-opinion-in-biotechnology" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/neuroscience-and-biobehavioral-reviews" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/13293?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/journal/biomolecules" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/appetite" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/ecological-informatics" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/postharvest-biology-and-technology" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/40538?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/122?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editingservices.lww.com/open-access-hybrid" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/perspectives-in-plant-ecology-evolution-and-systematics" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/evolution-and-human-behavior" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/gt/?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=iamy&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.molbiolcell.org/info-for-authors" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.annualreviews.org/s2o_supplement" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soil-journal.net/about/article_processing_charges.html" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rupress.org/jcb/pages/publication-fees-and-access-options" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/11427" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.iucr.org/d/services/openaccess.html" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/biochimica-et-biophysica-acta-bba-molecular-basis-of-disease" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/international-journal-of-biological-macromolecules" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/239?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.int-res.com/for-authors/open-access-feewaivers" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.keaipublishing.com/en/journals/forest-ecosystems/open-access/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/redox-biology" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/current-opinion-in-chemical-biology" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/cgt/?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=uaqm&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/12993?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/40291/how-to-publish-with-us" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridge.org/core/services/open-research/gold-open-access-journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/progress-in-lipid-research" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/12859?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/journal-of-molecular-biology" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/ecosystem-services" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/journal/cells" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jbc.org/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/10577?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/18?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/gene/open-access-funding" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=ibmg&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doaj.org/toc/2376-7839" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.annualreviews.org/s2o_supplement" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://connectsci.au/wf/pages/publishing-charges-and-waivers" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=vbmd&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zoores.ac.cn/guideline" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/phytomedicine" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fertstert.org/open-access-information" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/ageing-research-reviews?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/biochimica-et-biophysica-acta-bba-reviews-on-cancer" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ijbs.com/ms/author" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/european-journal-of-agronomy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/10980?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/cddis/?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tandfonline.com/journals/kaup20" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.keaipublishing.com/en/journals/the-crop-journal/open-access-journal/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/content/page/signaling-instructions-research-articles-initial-submission" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atsjournals.org/page/ajrcmb/instructions" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridge.org/core/services/open-research/gold-open-access-journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/rice-science" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/current-opinion-in-virology" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/13040?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/12915?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/soil-biology-and-biochemistry" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/seminars-in-cell-and-developmental-biology" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/journal/fire" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://microbialcell.com/for-authors-2/article-types/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/biomedical-journal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/13415/how-to-publish-with-us" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/11?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/hdy/?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=imby&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journalsinsights.com/journals/antioxidants-and-redox-signaling?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.annualreviews.org/s2o_supplement" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jlr.org/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/urban-forestry-and-urban-greening" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/free-radical-biology-and-medicine" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/current-opinion-in-cell-biology" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://royalsociety.org/journals/authors/open-access-membership/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/page/journal/14749726/homepage/custom_copy.htm" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wiley.com/en-ie/journal-finder/pest-management-science/PS/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://royalsociety.org/journals/open-access/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/10020?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/cdd/?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tandfonline.com/journals/bpts20/about-this-journal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.keaipublishing.com/en/journals/the-crop-journal/open-access-journal/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.science.org/content/page/stm-instructions-research-articles-initial-submission" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.annualreviews.org/content/journals/animal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/agriculture-ecosystems-and-environment" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/field-crops-research" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/scientia-horticulturae" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/cytokine-and-growth-factor-reviews" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdnsciencepub.com/journal/cjfas/publication-fees" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portlandpress.com/pages/open_access_options_and_prices" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/13578" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/journal/ijms" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/40659/how-to-publish-with-us" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/13717?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/13593?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.liebertpub.com/publications/the-crispr-journal/642/for-authors" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=wjsa&amp;fulloa=1&amp;openselect=1&amp;notavailable=0&amp;dove=1&amp;routledge=0&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/catena" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.thelancet.com/open-access" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/mechanisms-of-ageing-and-development" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gimjournal.org/open-access-information" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/42995?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=temi&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.annualreviews.org/s2o_supplement" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/current-opinion-in-genetics-and-development" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsc.org/publishing/journals/lab-on-a-chip" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/agricultural-and-forest-meteorology" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://royalsociety.org/journals/open-access/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.keaipublishing.com/en/journals/genes-and-diseases/open-access-journal/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/forest-ecology-and-management" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.isct-cytotherapy.org/open-access-information" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/cddiscovery/?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.annualreviews.org/s2o_supplement" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portlandpress.com/pages/open_access_options_and_prices" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/12263" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.journals.uchicago.edu/journals/an/instruct" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/10021?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/cell-and-developmental-biology/for-authors/publishing-fees" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editingservices.lww.com/open-access-hybrid" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/landscape-and-urban-planning" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/43897?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.liebertpub.com/publications/human-gene-therapy/19/for-authors" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.annualreviews.org/s2o_supplement" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsc.org/publishing/journals/natural-product-reports" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/the-journal-of-nutritional-biochemistry" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=kgmi&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/antiviral-research" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/biosensors-and-bioelectronics" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/11104?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acsopenscience.org/researchers/oa-pricing/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://genesdev.cshlp.org/site/misc/ifora.xhtml" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=ierz&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.csbj.org/open-access-information" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/109?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/nprot/publishing-model" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/aquacultural-engineering" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/cr/?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/current-opinion-in-plant-biology/publish/open-access-options" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sagepub.com/journals/information-for-authors/publishing-options/hybrid-open-access-sage-choice" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/agricultural-systems" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/forests-and-global-change/for-authors/publishing-fees" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.keaipublishing.com/en/journals/international-soil-and-water-conservation-research/open-access/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.annualreviews.org/s2o_supplement" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/geoderma" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/journal-of-integrative-agriculture" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/mp/?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plos.org/fees/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.studiesinmycology.org/index.php/instructions-for-authors" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/biosystems-engineering" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/42408?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://home.liebertpub.com/publications/tissue-engineering-parts-a-b-and-c/595/for-authors" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mcponline.org/open-access-information" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/plant-phenomics" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/11119?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://jmg.bmj.com/pages/authors" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=kncl&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/aquaculture" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/basic-and-applied-ecology" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/11368?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://acsopenscience.org/researchers/oa-pricing/?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.biologists.com/dev/pages/open-access" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=zjom&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journalsinsights.com/journals/ima-fungus" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/current-opinion-in-insect-science/publish/open-access-options" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/cell-calcium" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/12229/funding-eligibility?search=true&amp;bpid=3000183628" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/nrmicro/for-authors/preparing-your-submission" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/10460/funding-eligibility?search=true&amp;bpid=3000183628" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/44319?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plos.org/fees/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sagepub.com/journals/information-for-authors/publishing-options/hybrid-open-access-sage-choice" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/harmful-algae" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/microbiology/for-authors/publishing-fees" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doaj.org/toc/0219-1032?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.annualreviews.org/s2o_supplement" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/mitochondrion" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/13225?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/nataging?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridge.org/core/services/open-research/gold-open-access-journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wires.onlinelibrary.wiley.com/journal/17577012/homepage/open-access" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/molecular-genetics-and-metabolism" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/mutation-research-reviews-in-mutation-research" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mycosphere.org/submissions.php" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/374?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/11160?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=krnb&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.biologists.com/dmm/pages/submit-manuscript" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/biochimica-et-biophysica-acta-bba-molecular-and-cell-biology-of-lipids" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amnh.org/research/scientific-publications/submissions" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/european-journal-of-cell-biology" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/42773?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/13062?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/neuroscience-and-biobehavioral-reviews" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mdpi.com/journal/antioxidants" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/ecological-economics" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/computers-and-electronics-in-agriculture" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/13402?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/emm/open-access-funding?search=true&amp;bpid=3000183628" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rbmojournal.com/open-access-information" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.annualreviews.org/s2o_supplement" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.persoonia.org/Home%20persoonia" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/pedosphere" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ieeexplore.ieee.org/xpl/RecentIssue.jsp?punumber=6221020" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editingservices.lww.com/open-access-hybrid" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/journal/international-journal-of-antimicrobial-agents" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/10806?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://myrmecologicalnews.org/cms/index.php?option=com_content&amp;view=article&amp;id=1116&amp;Itemid=334" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.com/sigtrans/?utm_source=slink&amp;utm_medium=journal_finder" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/journal/13756/funding-eligibility?search=true&amp;bpid=3000183628" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridge.org/core/journals/behavioral-and-brain-sciences" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://medicine.yale.edu/yjbm/openaccess/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{964276C9-06ED-471A-A107-9D1D1D68237B}">
-  <dimension ref="A1:AA511"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7C2A2A33-D2F8-45D0-A4D5-55AB5491E06F}">
+  <dimension ref="A1:O520"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView tabSelected="1" topLeftCell="A214" zoomScale="76" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="59.42578125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="27" width="9.140625" style="5"/>
+    <col min="1" max="1" width="75.109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="23.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
-      <c r="A1" s="3" t="s">
+    <row r="1" spans="1:10" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="5" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B2" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C2" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" s="10">
+        <v>1.337</v>
+      </c>
+      <c r="F2" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I2" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="J2" s="19"/>
+    </row>
+    <row r="3" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A3" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C3" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" s="10">
+        <v>1.2350000000000001</v>
+      </c>
+      <c r="F3" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I3" s="23" t="s">
+        <v>16</v>
+      </c>
+      <c r="J3" s="19"/>
+    </row>
+    <row r="4" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A4" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" s="12" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" s="15">
+        <v>2.391</v>
+      </c>
+      <c r="F4" s="20" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I4" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="J4" s="19"/>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A5" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E5" s="10">
+        <v>3.7050000000000001</v>
+      </c>
+      <c r="F5" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" s="20"/>
+      <c r="H5" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I5" s="22" t="s">
+        <v>30</v>
+      </c>
+      <c r="J5" s="19"/>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A6" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E6" s="10">
+        <v>2.5680000000000001</v>
+      </c>
+      <c r="F6" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" s="20"/>
+      <c r="H6" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I6" s="22" t="s">
+        <v>36</v>
+      </c>
+      <c r="J6" s="19"/>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A7" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="16">
+        <v>0.70399999999999996</v>
+      </c>
+      <c r="F7" s="20" t="s">
+        <v>39</v>
+      </c>
+      <c r="G7" s="20"/>
+      <c r="H7" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I7" s="22" t="s">
+        <v>40</v>
+      </c>
+      <c r="J7" s="19"/>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A8" s="11" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" s="17">
+        <v>1.5189999999999999</v>
+      </c>
+      <c r="F8" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" s="20"/>
+      <c r="H8" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I8" s="22" t="s">
+        <v>45</v>
+      </c>
+      <c r="J8" s="19"/>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A9" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" s="16">
+        <v>1.3029999999999999</v>
+      </c>
+      <c r="F9" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="G9" s="20"/>
+      <c r="H9" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" s="22" t="s">
+        <v>50</v>
+      </c>
+      <c r="J9" s="19"/>
+    </row>
+    <row r="10" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A10" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B10" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C10" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" s="17">
+        <v>1.0289999999999999</v>
+      </c>
+      <c r="F10" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="G10" s="20"/>
+      <c r="H10" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I10" s="22" t="s">
+        <v>54</v>
+      </c>
+      <c r="J10" s="19"/>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A11" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="16">
+        <v>0.90200000000000002</v>
+      </c>
+      <c r="F11" s="20" t="s">
+        <v>58</v>
+      </c>
+      <c r="G11" s="20"/>
+      <c r="H11" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" s="22" t="s">
+        <v>59</v>
+      </c>
+      <c r="J11" s="19"/>
+    </row>
+    <row r="12" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A12" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B12" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C12" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D12" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E12" s="17">
+        <v>1.3220000000000001</v>
+      </c>
+      <c r="F12" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="G12" s="20"/>
+      <c r="H12" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I12" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="J12" s="19"/>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A13" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C13" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="15">
+        <v>1.3220000000000001</v>
+      </c>
+      <c r="F13" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="G13" s="20"/>
+      <c r="H13" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I13" s="22" t="s">
+        <v>63</v>
+      </c>
+      <c r="J13" s="19"/>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A14" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C14" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="17">
+        <v>0.63100000000000001</v>
+      </c>
+      <c r="F14" s="20" t="s">
+        <v>67</v>
+      </c>
+      <c r="G14" s="20"/>
+      <c r="H14" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I14" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J14" s="19"/>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A15" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C15" s="13" t="s">
+        <v>71</v>
+      </c>
+      <c r="D15" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E15" s="17">
+        <v>1.64</v>
+      </c>
+      <c r="F15" s="20">
+        <v>0</v>
+      </c>
+      <c r="G15" s="20"/>
+      <c r="H15" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I15" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="J15" s="19"/>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A16" s="11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" s="12" t="s">
+        <v>74</v>
+      </c>
+      <c r="C16" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="15">
+        <v>1.2929999999999999</v>
+      </c>
+      <c r="F16" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="G16" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="H16" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I16" s="22" t="s">
+        <v>78</v>
+      </c>
+      <c r="J16" s="19"/>
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A17" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="B17" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="D17" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E17" s="10">
+        <v>5</v>
+      </c>
+      <c r="F17" s="24" t="s">
+        <v>1653</v>
+      </c>
+      <c r="G17" s="20"/>
+      <c r="H17" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I17" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J17" s="19"/>
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A18" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B18" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="D18" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="10">
+        <v>1.417</v>
+      </c>
+      <c r="F18" s="25">
+        <v>3630</v>
+      </c>
+      <c r="G18" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="H18" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I18" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J18" s="19"/>
+      <c r="O18" s="18"/>
+    </row>
+    <row r="19" spans="1:15" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="B19" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="D19" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="10">
+        <v>1.431</v>
+      </c>
+      <c r="F19" s="20" t="s">
+        <v>90</v>
+      </c>
+      <c r="G19" s="24" t="s">
+        <v>91</v>
+      </c>
+      <c r="H19" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I19" s="22" t="s">
+        <v>92</v>
+      </c>
+      <c r="J19" s="19"/>
+    </row>
+    <row r="20" spans="1:15" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B20" s="12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C20" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="D20" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="15">
+        <v>1.794</v>
+      </c>
+      <c r="F20" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="G20" s="20" t="s">
+        <v>97</v>
+      </c>
+      <c r="H20" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I20" s="22" t="s">
+        <v>98</v>
+      </c>
+      <c r="J20" s="19"/>
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A21" s="11" t="s">
+        <v>99</v>
+      </c>
+      <c r="B21" s="12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C21" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="D21" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="15">
+        <v>1.2609999999999999</v>
+      </c>
+      <c r="F21" s="20" t="s">
+        <v>102</v>
+      </c>
+      <c r="G21" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H21" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I21" s="22" t="s">
+        <v>104</v>
+      </c>
+      <c r="J21" s="19"/>
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A22" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="B22" s="12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C22" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="D22" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E22" s="15">
+        <v>2.2749999999999999</v>
+      </c>
+      <c r="F22" s="20" t="s">
+        <v>108</v>
+      </c>
+      <c r="G22" s="20"/>
+      <c r="H22" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I22" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J22" s="19"/>
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A23" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="D23" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="16">
+        <v>0.82399999999999995</v>
+      </c>
+      <c r="F23" s="20" t="s">
+        <v>111</v>
+      </c>
+      <c r="G23" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H23" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I23" s="22" t="s">
+        <v>112</v>
+      </c>
+      <c r="J23" s="19"/>
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A24" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="B24" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="D24" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" s="10">
+        <v>1.1539999999999999</v>
+      </c>
+      <c r="F24" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="G24" s="28" t="s">
+        <v>117</v>
+      </c>
+      <c r="H24" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I24" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J24" s="19"/>
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A25" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="B25" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D25" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" s="10">
+        <v>1.105</v>
+      </c>
+      <c r="F25" s="20" t="s">
+        <v>121</v>
+      </c>
+      <c r="G25" s="20"/>
+      <c r="H25" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I25" s="22" t="s">
+        <v>122</v>
+      </c>
+      <c r="J25" s="19"/>
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A26" s="11" t="s">
+        <v>123</v>
+      </c>
+      <c r="B26" s="12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C26" s="13" t="s">
+        <v>124</v>
+      </c>
+      <c r="D26" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" s="17">
+        <v>0.73899999999999999</v>
+      </c>
+      <c r="F26" s="20" t="s">
+        <v>125</v>
+      </c>
+      <c r="G26" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H26" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I26" s="22" t="s">
+        <v>126</v>
+      </c>
+      <c r="J26" s="19"/>
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A27" s="11" t="s">
+        <v>127</v>
+      </c>
+      <c r="B27" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="C27" s="13" t="s">
+        <v>129</v>
+      </c>
+      <c r="D27" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E27" s="15">
+        <v>3.8639999999999999</v>
+      </c>
+      <c r="F27" s="20">
+        <v>0</v>
+      </c>
+      <c r="G27" s="20" t="s">
+        <v>130</v>
+      </c>
+      <c r="H27" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I27" s="22" t="s">
+        <v>131</v>
+      </c>
+      <c r="J27" s="19"/>
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A28" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="B28" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="D28" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E28" s="10">
+        <v>10.833</v>
+      </c>
+      <c r="F28" s="20">
+        <v>0</v>
+      </c>
+      <c r="G28" s="20" t="s">
+        <v>130</v>
+      </c>
+      <c r="H28" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I28" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="J28" s="19"/>
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A29" s="11" t="s">
+        <v>135</v>
+      </c>
+      <c r="B29" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="C29" s="13" t="s">
+        <v>136</v>
+      </c>
+      <c r="D29" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E29" s="15">
+        <v>3.552</v>
+      </c>
+      <c r="F29" s="20">
+        <v>0</v>
+      </c>
+      <c r="G29" s="20" t="s">
+        <v>130</v>
+      </c>
+      <c r="H29" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I29" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="J29" s="19"/>
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A30" s="11" t="s">
+        <v>137</v>
+      </c>
+      <c r="B30" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="C30" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="D30" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E30" s="15">
+        <v>6.2729999999999997</v>
+      </c>
+      <c r="F30" s="20">
+        <v>0</v>
+      </c>
+      <c r="G30" s="20" t="s">
+        <v>130</v>
+      </c>
+      <c r="H30" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I30" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="J30" s="19"/>
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A31" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="B31" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="D31" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E31" s="10">
+        <v>6.6779999999999999</v>
+      </c>
+      <c r="F31" s="20">
+        <v>0</v>
+      </c>
+      <c r="G31" s="20" t="s">
+        <v>130</v>
+      </c>
+      <c r="H31" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I31" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="J31" s="19"/>
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A32" s="11" t="s">
+        <v>141</v>
+      </c>
+      <c r="B32" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="C32" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="D32" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E32" s="15">
+        <v>5.55</v>
+      </c>
+      <c r="F32" s="20">
+        <v>0</v>
+      </c>
+      <c r="G32" s="20" t="s">
+        <v>130</v>
+      </c>
+      <c r="H32" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I32" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="J32" s="19"/>
+    </row>
+    <row r="33" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A33" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="D33" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E33" s="10">
+        <v>7.3689999999999998</v>
+      </c>
+      <c r="F33" s="20">
+        <v>0</v>
+      </c>
+      <c r="G33" s="20" t="s">
+        <v>130</v>
+      </c>
+      <c r="H33" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I33" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="J33" s="19"/>
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A34" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="B34" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>146</v>
+      </c>
+      <c r="D34" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E34" s="10">
+        <v>4.508</v>
+      </c>
+      <c r="F34" s="20">
+        <v>0</v>
+      </c>
+      <c r="G34" s="20" t="s">
+        <v>130</v>
+      </c>
+      <c r="H34" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I34" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="J34" s="19"/>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A35" s="11" t="s">
+        <v>147</v>
+      </c>
+      <c r="B35" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="C35" s="13" t="s">
+        <v>148</v>
+      </c>
+      <c r="D35" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E35" s="15">
+        <v>6.968</v>
+      </c>
+      <c r="F35" s="20">
+        <v>0</v>
+      </c>
+      <c r="G35" s="20" t="s">
+        <v>130</v>
+      </c>
+      <c r="H35" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I35" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="J35" s="19"/>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A36" s="11" t="s">
+        <v>149</v>
+      </c>
+      <c r="B36" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="C36" s="13" t="s">
+        <v>150</v>
+      </c>
+      <c r="D36" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E36" s="15">
+        <v>5.0609999999999999</v>
+      </c>
+      <c r="F36" s="20">
+        <v>0</v>
+      </c>
+      <c r="G36" s="20" t="s">
+        <v>130</v>
+      </c>
+      <c r="H36" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I36" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="J36" s="19"/>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A37" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="B37" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="D37" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E37" s="10">
+        <v>3.476</v>
+      </c>
+      <c r="F37" s="20">
+        <v>0</v>
+      </c>
+      <c r="G37" s="20" t="s">
+        <v>130</v>
+      </c>
+      <c r="H37" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I37" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="J37" s="19"/>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A38" s="11" t="s">
+        <v>153</v>
+      </c>
+      <c r="B38" s="12" t="s">
+        <v>128</v>
+      </c>
+      <c r="C38" s="13" t="s">
+        <v>154</v>
+      </c>
+      <c r="D38" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E38" s="15">
+        <v>9.1020000000000003</v>
+      </c>
+      <c r="F38" s="20">
+        <v>0</v>
+      </c>
+      <c r="G38" s="20" t="s">
+        <v>130</v>
+      </c>
+      <c r="H38" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I38" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="J38" s="19"/>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A39" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="B39" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="C39" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="D39" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E39" s="10">
+        <v>4.641</v>
+      </c>
+      <c r="F39" s="20">
+        <v>0</v>
+      </c>
+      <c r="G39" s="20" t="s">
+        <v>130</v>
+      </c>
+      <c r="H39" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I39" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="J39" s="19"/>
+    </row>
+    <row r="40" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A40" s="11" t="s">
+        <v>157</v>
+      </c>
+      <c r="B40" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="C40" s="13" t="s">
+        <v>159</v>
+      </c>
+      <c r="D40" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" s="15">
+        <v>1.337</v>
+      </c>
+      <c r="F40" s="20" t="s">
+        <v>160</v>
+      </c>
+      <c r="G40" s="20"/>
+      <c r="H40" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I40" s="22" t="s">
+        <v>161</v>
+      </c>
+      <c r="J40" s="19"/>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A41" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="B41" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C41" s="8" t="s">
+        <v>163</v>
+      </c>
+      <c r="D41" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" s="10">
+        <v>1.339</v>
+      </c>
+      <c r="F41" s="20" t="s">
+        <v>164</v>
+      </c>
+      <c r="G41" s="20"/>
+      <c r="H41" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I41" s="22" t="s">
+        <v>165</v>
+      </c>
+      <c r="J41" s="19"/>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A42" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="B42" s="7" t="s">
+        <v>167</v>
+      </c>
+      <c r="C42" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D42" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" s="10">
+        <v>1.1870000000000001</v>
+      </c>
+      <c r="F42" s="29" t="s">
+        <v>168</v>
+      </c>
+      <c r="G42" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H42" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I42" s="22" t="s">
+        <v>169</v>
+      </c>
+      <c r="J42" s="19"/>
+    </row>
+    <row r="43" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A43" s="11" t="s">
+        <v>170</v>
+      </c>
+      <c r="B43" s="12" t="s">
+        <v>171</v>
+      </c>
+      <c r="C43" s="13" t="s">
+        <v>172</v>
+      </c>
+      <c r="D43" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" s="15">
+        <v>1.6120000000000001</v>
+      </c>
+      <c r="F43" s="20" t="s">
+        <v>173</v>
+      </c>
+      <c r="G43" s="20"/>
+      <c r="H43" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I43" s="22" t="s">
+        <v>174</v>
+      </c>
+      <c r="J43" s="19"/>
+    </row>
+    <row r="44" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A44" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="B44" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C44" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="D44" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" s="10">
+        <v>1.0820000000000001</v>
+      </c>
+      <c r="F44" s="20" t="s">
+        <v>177</v>
+      </c>
+      <c r="G44" s="20"/>
+      <c r="H44" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I44" s="22" t="s">
+        <v>178</v>
+      </c>
+      <c r="J44" s="19"/>
+    </row>
+    <row r="45" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A45" s="11" t="s">
+        <v>179</v>
+      </c>
+      <c r="B45" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C45" s="13" t="s">
+        <v>180</v>
+      </c>
+      <c r="D45" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" s="15">
+        <v>1.4830000000000001</v>
+      </c>
+      <c r="F45" s="20">
+        <v>0</v>
+      </c>
+      <c r="G45" s="20"/>
+      <c r="H45" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I45" s="22" t="s">
+        <v>181</v>
+      </c>
+      <c r="J45" s="19"/>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A46" s="11" t="s">
+        <v>182</v>
+      </c>
+      <c r="B46" s="12" t="s">
+        <v>183</v>
+      </c>
+      <c r="C46" s="13" t="s">
+        <v>184</v>
+      </c>
+      <c r="D46" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" s="15">
+        <v>1.0009999999999999</v>
+      </c>
+      <c r="F46" s="21" t="s">
+        <v>185</v>
+      </c>
+      <c r="G46" s="21"/>
+      <c r="H46" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I46" s="22" t="s">
+        <v>186</v>
+      </c>
+      <c r="J46" s="19"/>
+    </row>
+    <row r="47" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A47" s="11" t="s">
+        <v>187</v>
+      </c>
+      <c r="B47" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="C47" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="D47" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" s="15">
+        <v>1.0669999999999999</v>
+      </c>
+      <c r="F47" s="20" t="s">
+        <v>160</v>
+      </c>
+      <c r="G47" s="20"/>
+      <c r="H47" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I47" s="22" t="s">
+        <v>161</v>
+      </c>
+      <c r="J47" s="19"/>
+    </row>
+    <row r="48" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A48" s="11" t="s">
+        <v>189</v>
+      </c>
+      <c r="B48" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C48" s="13" t="s">
+        <v>190</v>
+      </c>
+      <c r="D48" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" s="17">
+        <v>0.98</v>
+      </c>
+      <c r="F48" s="20" t="s">
+        <v>191</v>
+      </c>
+      <c r="G48" s="20"/>
+      <c r="H48" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I48" s="22" t="s">
+        <v>192</v>
+      </c>
+      <c r="J48" s="19"/>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A49" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="B49" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>194</v>
+      </c>
+      <c r="D49" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" s="16">
+        <v>0.66100000000000003</v>
+      </c>
+      <c r="F49" s="30">
+        <v>3010</v>
+      </c>
+      <c r="G49" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="H49" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I49" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J49" s="19"/>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A50" s="11" t="s">
+        <v>195</v>
+      </c>
+      <c r="B50" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C50" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="D50" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" s="17">
+        <v>0.66500000000000004</v>
+      </c>
+      <c r="F50" s="20" t="s">
+        <v>197</v>
+      </c>
+      <c r="G50" s="20"/>
+      <c r="H50" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I50" s="22" t="s">
+        <v>198</v>
+      </c>
+      <c r="J50" s="19"/>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A51" s="11" t="s">
+        <v>199</v>
+      </c>
+      <c r="B51" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C51" s="13" t="s">
+        <v>200</v>
+      </c>
+      <c r="D51" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" s="17">
+        <v>0.626</v>
+      </c>
+      <c r="F51" s="20" t="s">
+        <v>201</v>
+      </c>
+      <c r="G51" s="20"/>
+      <c r="H51" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I51" s="22" t="s">
+        <v>202</v>
+      </c>
+      <c r="J51" s="19"/>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A52" s="11" t="s">
+        <v>203</v>
+      </c>
+      <c r="B52" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C52" s="13" t="s">
+        <v>204</v>
+      </c>
+      <c r="D52" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" s="17">
+        <v>0.64900000000000002</v>
+      </c>
+      <c r="F52" s="20" t="s">
+        <v>205</v>
+      </c>
+      <c r="G52" s="20"/>
+      <c r="H52" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I52" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J52" s="19"/>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A53" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>207</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>208</v>
+      </c>
+      <c r="D53" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" s="16">
+        <v>0.65500000000000003</v>
+      </c>
+      <c r="F53" s="31">
+        <v>2500</v>
+      </c>
+      <c r="G53" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H53" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I53" s="22" t="s">
+        <v>209</v>
+      </c>
+      <c r="J53" s="19"/>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A54" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="B54" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="D54" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E54" s="16">
+        <v>1.9119999999999999</v>
+      </c>
+      <c r="F54" s="20" t="s">
+        <v>213</v>
+      </c>
+      <c r="G54" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H54" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I54" s="22" t="s">
+        <v>214</v>
+      </c>
+      <c r="J54" s="19"/>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A55" s="11" t="s">
+        <v>215</v>
+      </c>
+      <c r="B55" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C55" s="13" t="s">
+        <v>216</v>
+      </c>
+      <c r="D55" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" s="15">
+        <v>1.6579999999999999</v>
+      </c>
+      <c r="F55" s="32">
+        <v>3970</v>
+      </c>
+      <c r="G55" s="20"/>
+      <c r="H55" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I55" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J55" s="19"/>
+    </row>
+    <row r="56" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A56" s="11" t="s">
+        <v>217</v>
+      </c>
+      <c r="B56" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C56" s="13" t="s">
+        <v>218</v>
+      </c>
+      <c r="D56" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E56" s="15">
+        <v>4.4379999999999997</v>
+      </c>
+      <c r="F56" s="20" t="s">
+        <v>67</v>
+      </c>
+      <c r="G56" s="20"/>
+      <c r="H56" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I56" s="22" t="s">
+        <v>219</v>
+      </c>
+      <c r="J56" s="19"/>
+    </row>
+    <row r="57" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A57" s="11" t="s">
+        <v>220</v>
+      </c>
+      <c r="B57" s="12" t="s">
+        <v>221</v>
+      </c>
+      <c r="C57" s="13" t="s">
+        <v>222</v>
+      </c>
+      <c r="D57" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" s="15">
+        <v>1.056</v>
+      </c>
+      <c r="F57" s="20" t="s">
+        <v>223</v>
+      </c>
+      <c r="G57" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H57" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I57" s="22" t="s">
+        <v>224</v>
+      </c>
+      <c r="J57" s="19"/>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A58" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="B58" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C58" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D58" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" s="10">
+        <v>1.0740000000000001</v>
+      </c>
+      <c r="F58" s="20" t="s">
+        <v>121</v>
+      </c>
+      <c r="G58" s="20"/>
+      <c r="H58" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I58" s="22" t="s">
+        <v>226</v>
+      </c>
+      <c r="J58" s="19"/>
+    </row>
+    <row r="59" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A59" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="B59" s="7" t="s">
+        <v>228</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>229</v>
+      </c>
+      <c r="D59" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E59" s="10">
+        <v>8.1620000000000008</v>
+      </c>
+      <c r="F59" s="20">
+        <v>0</v>
+      </c>
+      <c r="G59" s="20" t="s">
+        <v>230</v>
+      </c>
+      <c r="H59" s="21"/>
+      <c r="I59" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="J59" s="19"/>
+    </row>
+    <row r="60" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A60" s="11" t="s">
+        <v>232</v>
+      </c>
+      <c r="B60" s="12" t="s">
+        <v>233</v>
+      </c>
+      <c r="C60" s="13" t="s">
+        <v>234</v>
+      </c>
+      <c r="D60" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" s="15">
+        <v>1.2490000000000001</v>
+      </c>
+      <c r="F60" s="20" t="s">
+        <v>235</v>
+      </c>
+      <c r="G60" s="20"/>
+      <c r="H60" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I60" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J60" s="19"/>
+    </row>
+    <row r="61" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A61" s="11" t="s">
+        <v>236</v>
+      </c>
+      <c r="B61" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="C61" s="13" t="s">
+        <v>238</v>
+      </c>
+      <c r="D61" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" s="15">
+        <v>1.03</v>
+      </c>
+      <c r="F61" s="20" t="s">
+        <v>239</v>
+      </c>
+      <c r="G61" s="20" t="s">
+        <v>240</v>
+      </c>
+      <c r="H61" s="21"/>
+      <c r="I61" s="22" t="s">
+        <v>241</v>
+      </c>
+      <c r="J61" s="19"/>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A62" s="11" t="s">
+        <v>242</v>
+      </c>
+      <c r="B62" s="12" t="s">
+        <v>243</v>
+      </c>
+      <c r="C62" s="13" t="s">
+        <v>244</v>
+      </c>
+      <c r="D62" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E62" s="17">
+        <v>2.11</v>
+      </c>
+      <c r="F62" s="20" t="s">
+        <v>245</v>
+      </c>
+      <c r="G62" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H62" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I62" s="22" t="s">
+        <v>246</v>
+      </c>
+      <c r="J62" s="19"/>
+    </row>
+    <row r="63" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A63" s="11" t="s">
+        <v>247</v>
+      </c>
+      <c r="B63" s="12" t="s">
+        <v>248</v>
+      </c>
+      <c r="C63" s="13" t="s">
+        <v>249</v>
+      </c>
+      <c r="D63" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" s="15">
+        <v>1.4359999999999999</v>
+      </c>
+      <c r="F63" s="20" t="s">
+        <v>250</v>
+      </c>
+      <c r="G63" s="20"/>
+      <c r="H63" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I63" s="22" t="s">
+        <v>251</v>
+      </c>
+      <c r="J63" s="19"/>
+    </row>
+    <row r="64" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A64" s="11" t="s">
+        <v>252</v>
+      </c>
+      <c r="B64" s="12" t="s">
+        <v>248</v>
+      </c>
+      <c r="C64" s="13" t="s">
+        <v>253</v>
+      </c>
+      <c r="D64" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" s="15">
+        <v>1.5209999999999999</v>
+      </c>
+      <c r="F64" s="20" t="s">
+        <v>250</v>
+      </c>
+      <c r="G64" s="20"/>
+      <c r="H64" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I64" s="22" t="s">
+        <v>251</v>
+      </c>
+      <c r="J64" s="19"/>
+    </row>
+    <row r="65" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A65" s="11" t="s">
+        <v>254</v>
+      </c>
+      <c r="B65" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C65" s="13" t="s">
+        <v>255</v>
+      </c>
+      <c r="D65" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" s="15">
+        <v>1.2969999999999999</v>
+      </c>
+      <c r="F65" s="20" t="s">
+        <v>256</v>
+      </c>
+      <c r="G65" s="20"/>
+      <c r="H65" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I65" s="22" t="s">
+        <v>257</v>
+      </c>
+      <c r="J65" s="19"/>
+    </row>
+    <row r="66" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A66" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="B66" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>259</v>
+      </c>
+      <c r="D66" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" s="10">
+        <v>1.056</v>
+      </c>
+      <c r="F66" s="20" t="s">
+        <v>260</v>
+      </c>
+      <c r="G66" s="20"/>
+      <c r="H66" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I66" s="22" t="s">
+        <v>261</v>
+      </c>
+      <c r="J66" s="19"/>
+    </row>
+    <row r="67" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A67" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="B67" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C67" s="8" t="s">
+        <v>263</v>
+      </c>
+      <c r="D67" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" s="10">
+        <v>1.2629999999999999</v>
+      </c>
+      <c r="F67" s="20" t="s">
+        <v>264</v>
+      </c>
+      <c r="G67" s="20"/>
+      <c r="H67" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I67" s="22" t="s">
+        <v>265</v>
+      </c>
+      <c r="J67" s="19"/>
+    </row>
+    <row r="68" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A68" s="11" t="s">
+        <v>266</v>
+      </c>
+      <c r="B68" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C68" s="13" t="s">
+        <v>267</v>
+      </c>
+      <c r="D68" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" s="15">
+        <v>1.3280000000000001</v>
+      </c>
+      <c r="F68" s="20" t="s">
+        <v>268</v>
+      </c>
+      <c r="G68" s="20"/>
+      <c r="H68" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I68" s="22" t="s">
+        <v>269</v>
+      </c>
+      <c r="J68" s="19"/>
+    </row>
+    <row r="69" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A69" s="11" t="s">
+        <v>270</v>
+      </c>
+      <c r="B69" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C69" s="13" t="s">
+        <v>271</v>
+      </c>
+      <c r="D69" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E69" s="15">
+        <v>2.488</v>
+      </c>
+      <c r="F69" s="20" t="s">
+        <v>272</v>
+      </c>
+      <c r="G69" s="20"/>
+      <c r="H69" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I69" s="22" t="s">
+        <v>273</v>
+      </c>
+      <c r="J69" s="19"/>
+    </row>
+    <row r="70" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A70" s="11" t="s">
+        <v>274</v>
+      </c>
+      <c r="B70" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C70" s="13" t="s">
+        <v>275</v>
+      </c>
+      <c r="D70" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" s="15">
+        <v>1.274</v>
+      </c>
+      <c r="F70" s="20" t="s">
+        <v>276</v>
+      </c>
+      <c r="G70" s="20"/>
+      <c r="H70" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I70" s="22" t="s">
+        <v>277</v>
+      </c>
+      <c r="J70" s="19"/>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A71" s="11" t="s">
+        <v>278</v>
+      </c>
+      <c r="B71" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C71" s="13" t="s">
+        <v>279</v>
+      </c>
+      <c r="D71" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" s="15">
+        <v>1.3420000000000001</v>
+      </c>
+      <c r="F71" s="32">
+        <v>4650</v>
+      </c>
+      <c r="G71" s="20"/>
+      <c r="H71" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I71" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J71" s="19"/>
+    </row>
+    <row r="72" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A72" s="11" t="s">
+        <v>280</v>
+      </c>
+      <c r="B72" s="12" t="s">
+        <v>281</v>
+      </c>
+      <c r="C72" s="13" t="s">
+        <v>282</v>
+      </c>
+      <c r="D72" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" s="15">
+        <v>1.5629999999999999</v>
+      </c>
+      <c r="F72" s="31">
+        <v>1800</v>
+      </c>
+      <c r="G72" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H72" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I72" s="22" t="s">
+        <v>283</v>
+      </c>
+      <c r="J72" s="19"/>
+    </row>
+    <row r="73" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A73" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="B73" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C73" s="8" t="s">
+        <v>285</v>
+      </c>
+      <c r="D73" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E73" s="10">
+        <v>2.831</v>
+      </c>
+      <c r="F73" s="20" t="s">
+        <v>286</v>
+      </c>
+      <c r="G73" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H73" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I73" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J73" s="19"/>
+    </row>
+    <row r="74" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A74" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="B74" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C74" s="13" t="s">
+        <v>288</v>
+      </c>
+      <c r="D74" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" s="15">
+        <v>1.6619999999999999</v>
+      </c>
+      <c r="F74" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="G74" s="20"/>
+      <c r="H74" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I74" s="22" t="s">
+        <v>290</v>
+      </c>
+      <c r="J74" s="19"/>
+    </row>
+    <row r="75" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A75" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="B75" s="7" t="s">
+        <v>292</v>
+      </c>
+      <c r="C75" s="8" t="s">
+        <v>293</v>
+      </c>
+      <c r="D75" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" s="10">
+        <v>1.214</v>
+      </c>
+      <c r="F75" s="20" t="s">
+        <v>294</v>
+      </c>
+      <c r="G75" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H75" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I75" s="22" t="s">
+        <v>295</v>
+      </c>
+      <c r="J75" s="19"/>
+    </row>
+    <row r="76" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A76" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="B76" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C76" s="13" t="s">
+        <v>297</v>
+      </c>
+      <c r="D76" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E76" s="15">
+        <v>4.6280000000000001</v>
+      </c>
+      <c r="F76" s="32">
+        <v>4480</v>
+      </c>
+      <c r="G76" s="20"/>
+      <c r="H76" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I76" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J76" s="19"/>
+    </row>
+    <row r="77" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A77" s="11" t="s">
+        <v>298</v>
+      </c>
+      <c r="B77" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C77" s="13" t="s">
+        <v>299</v>
+      </c>
+      <c r="D77" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E77" s="17">
+        <v>1.252</v>
+      </c>
+      <c r="F77" s="20">
+        <v>0</v>
+      </c>
+      <c r="G77" s="20"/>
+      <c r="H77" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I77" s="22" t="s">
+        <v>300</v>
+      </c>
+      <c r="J77" s="19"/>
+    </row>
+    <row r="78" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A78" s="11" t="s">
+        <v>301</v>
+      </c>
+      <c r="B78" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C78" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D78" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" s="15">
+        <v>1.0609999999999999</v>
+      </c>
+      <c r="F78" s="20" t="s">
+        <v>302</v>
+      </c>
+      <c r="G78" s="20"/>
+      <c r="H78" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I78" s="22" t="s">
+        <v>303</v>
+      </c>
+      <c r="J78" s="19"/>
+    </row>
+    <row r="79" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A79" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="B79" s="12" t="s">
+        <v>305</v>
+      </c>
+      <c r="C79" s="13" t="s">
+        <v>306</v>
+      </c>
+      <c r="D79" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" s="15">
+        <v>1.111</v>
+      </c>
+      <c r="F79" s="20" t="s">
+        <v>307</v>
+      </c>
+      <c r="G79" s="20"/>
+      <c r="H79" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I79" s="22" t="s">
+        <v>308</v>
+      </c>
+      <c r="J79" s="19"/>
+    </row>
+    <row r="80" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A80" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="B80" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C80" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D80" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" s="15">
+        <v>1.86</v>
+      </c>
+      <c r="F80" s="20" t="s">
+        <v>164</v>
+      </c>
+      <c r="G80" s="20"/>
+      <c r="H80" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I80" s="22" t="s">
+        <v>310</v>
+      </c>
+      <c r="J80" s="19"/>
+    </row>
+    <row r="81" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A81" s="11" t="s">
+        <v>311</v>
+      </c>
+      <c r="B81" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C81" s="13" t="s">
+        <v>312</v>
+      </c>
+      <c r="D81" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" s="15">
+        <v>1.1379999999999999</v>
+      </c>
+      <c r="F81" s="20" t="s">
+        <v>313</v>
+      </c>
+      <c r="G81" s="20" t="s">
+        <v>314</v>
+      </c>
+      <c r="H81" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I81" s="22" t="s">
+        <v>315</v>
+      </c>
+      <c r="J81" s="19"/>
+    </row>
+    <row r="82" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A82" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="B82" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C82" s="8" t="s">
+        <v>317</v>
+      </c>
+      <c r="D82" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" s="10">
+        <v>1.091</v>
+      </c>
+      <c r="F82" s="32">
+        <v>3290</v>
+      </c>
+      <c r="G82" s="20"/>
+      <c r="H82" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I82" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J82" s="19"/>
+    </row>
+    <row r="83" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A83" s="11" t="s">
+        <v>318</v>
+      </c>
+      <c r="B83" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C83" s="13" t="s">
+        <v>319</v>
+      </c>
+      <c r="D83" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" s="15">
+        <v>1.45</v>
+      </c>
+      <c r="F83" s="27" t="s">
+        <v>320</v>
+      </c>
+      <c r="G83" s="33" t="s">
+        <v>321</v>
+      </c>
+      <c r="H83" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I83" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J83" s="19"/>
+    </row>
+    <row r="84" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A84" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="B84" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C84" s="8" t="s">
+        <v>323</v>
+      </c>
+      <c r="D84" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E84" s="10">
+        <v>3.798</v>
+      </c>
+      <c r="F84" s="34" t="s">
+        <v>324</v>
+      </c>
+      <c r="G84" s="33" t="s">
+        <v>321</v>
+      </c>
+      <c r="H84" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I84" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J84" s="19"/>
+    </row>
+    <row r="85" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A85" s="11" t="s">
+        <v>325</v>
+      </c>
+      <c r="B85" s="12" t="s">
+        <v>167</v>
+      </c>
+      <c r="C85" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D85" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E85" s="15">
+        <v>1.1519999999999999</v>
+      </c>
+      <c r="F85" s="20" t="s">
+        <v>326</v>
+      </c>
+      <c r="G85" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H85" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I85" s="22" t="s">
+        <v>327</v>
+      </c>
+      <c r="J85" s="19"/>
+    </row>
+    <row r="86" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A86" s="11" t="s">
+        <v>328</v>
+      </c>
+      <c r="B86" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C86" s="13" t="s">
+        <v>329</v>
+      </c>
+      <c r="D86" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" s="15">
+        <v>1.0940000000000001</v>
+      </c>
+      <c r="F86" s="24" t="s">
+        <v>1652</v>
+      </c>
+      <c r="G86" s="20"/>
+      <c r="H86" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I86" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J86" s="19"/>
+    </row>
+    <row r="87" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A87" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="B87" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C87" s="8" t="s">
+        <v>331</v>
+      </c>
+      <c r="D87" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E87" s="10">
+        <v>3.2869999999999999</v>
+      </c>
+      <c r="F87" s="34" t="s">
+        <v>332</v>
+      </c>
+      <c r="G87" s="33" t="s">
+        <v>333</v>
+      </c>
+      <c r="H87" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I87" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J87" s="19"/>
+    </row>
+    <row r="88" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A88" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="B88" s="7" t="s">
+        <v>335</v>
+      </c>
+      <c r="C88" s="8" t="s">
+        <v>336</v>
+      </c>
+      <c r="D88" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" s="10">
+        <v>1.5640000000000001</v>
+      </c>
+      <c r="F88" s="20" t="s">
+        <v>337</v>
+      </c>
+      <c r="G88" s="20"/>
+      <c r="H88" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I88" s="22" t="s">
+        <v>338</v>
+      </c>
+      <c r="J88" s="19"/>
+    </row>
+    <row r="89" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A89" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="B89" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C89" s="8" t="s">
+        <v>340</v>
+      </c>
+      <c r="D89" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E89" s="10">
+        <v>1.7130000000000001</v>
+      </c>
+      <c r="F89" s="34" t="s">
+        <v>341</v>
+      </c>
+      <c r="G89" s="33" t="s">
+        <v>333</v>
+      </c>
+      <c r="H89" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I89" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J89" s="19"/>
+    </row>
+    <row r="90" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A90" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="B90" s="7" t="s">
+        <v>343</v>
+      </c>
+      <c r="C90" s="8" t="s">
+        <v>344</v>
+      </c>
+      <c r="D90" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E90" s="16">
+        <v>0.88800000000000001</v>
+      </c>
+      <c r="F90" s="21" t="s">
+        <v>345</v>
+      </c>
+      <c r="G90" s="21"/>
+      <c r="H90" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I90" s="22" t="s">
+        <v>346</v>
+      </c>
+      <c r="J90" s="19"/>
+    </row>
+    <row r="91" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A91" s="11" t="s">
+        <v>347</v>
+      </c>
+      <c r="B91" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C91" s="13" t="s">
+        <v>348</v>
+      </c>
+      <c r="D91" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E91" s="15">
+        <v>1.2030000000000001</v>
+      </c>
+      <c r="F91" s="20" t="s">
+        <v>302</v>
+      </c>
+      <c r="G91" s="20"/>
+      <c r="H91" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I91" s="22" t="s">
+        <v>349</v>
+      </c>
+      <c r="J91" s="19"/>
+    </row>
+    <row r="92" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A92" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="B92" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C92" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D92" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E92" s="10">
+        <v>1.8959999999999999</v>
+      </c>
+      <c r="F92" s="20" t="s">
+        <v>351</v>
+      </c>
+      <c r="G92" s="20"/>
+      <c r="H92" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I92" s="22" t="s">
+        <v>352</v>
+      </c>
+      <c r="J92" s="19"/>
+    </row>
+    <row r="93" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A93" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="B93" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C93" s="8" t="s">
+        <v>354</v>
+      </c>
+      <c r="D93" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E93" s="10">
+        <v>1.0309999999999999</v>
+      </c>
+      <c r="F93" s="20" t="s">
+        <v>121</v>
+      </c>
+      <c r="G93" s="20"/>
+      <c r="H93" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I93" s="23" t="s">
+        <v>355</v>
+      </c>
+      <c r="J93" s="19"/>
+    </row>
+    <row r="94" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A94" s="11" t="s">
+        <v>356</v>
+      </c>
+      <c r="B94" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C94" s="13" t="s">
+        <v>357</v>
+      </c>
+      <c r="D94" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E94" s="15">
+        <v>1.0740000000000001</v>
+      </c>
+      <c r="F94" s="20">
+        <v>0</v>
+      </c>
+      <c r="G94" s="20"/>
+      <c r="H94" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I94" s="22" t="s">
+        <v>358</v>
+      </c>
+      <c r="J94" s="19"/>
+    </row>
+    <row r="95" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A95" s="11" t="s">
+        <v>359</v>
+      </c>
+      <c r="B95" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C95" s="13" t="s">
+        <v>360</v>
+      </c>
+      <c r="D95" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E95" s="15">
+        <v>2.5169999999999999</v>
+      </c>
+      <c r="F95" s="34" t="s">
+        <v>1648</v>
+      </c>
+      <c r="G95" s="33" t="s">
+        <v>361</v>
+      </c>
+      <c r="H95" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I95" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J95" s="19"/>
+    </row>
+    <row r="96" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A96" s="11" t="s">
+        <v>362</v>
+      </c>
+      <c r="B96" s="12" t="s">
+        <v>363</v>
+      </c>
+      <c r="C96" s="13" t="s">
+        <v>364</v>
+      </c>
+      <c r="D96" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E96" s="15">
+        <v>1.5169999999999999</v>
+      </c>
+      <c r="F96" s="20" t="s">
+        <v>365</v>
+      </c>
+      <c r="G96" s="20"/>
+      <c r="H96" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I96" s="22" t="s">
+        <v>366</v>
+      </c>
+      <c r="J96" s="19"/>
+    </row>
+    <row r="97" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A97" s="6" t="s">
+        <v>367</v>
+      </c>
+      <c r="B97" s="7" t="s">
+        <v>368</v>
+      </c>
+      <c r="C97" s="8" t="s">
+        <v>369</v>
+      </c>
+      <c r="D97" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E97" s="16">
+        <v>0.68</v>
+      </c>
+      <c r="F97" s="20" t="s">
+        <v>370</v>
+      </c>
+      <c r="G97" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H97" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I97" s="22" t="s">
+        <v>371</v>
+      </c>
+      <c r="J97" s="19"/>
+    </row>
+    <row r="98" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A98" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="B98" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C98" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D98" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E98" s="10">
+        <v>1.6639999999999999</v>
+      </c>
+      <c r="F98" s="20" t="s">
+        <v>164</v>
+      </c>
+      <c r="G98" s="20"/>
+      <c r="H98" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I98" s="23" t="s">
+        <v>373</v>
+      </c>
+      <c r="J98" s="19"/>
+    </row>
+    <row r="99" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A99" s="11" t="s">
+        <v>374</v>
+      </c>
+      <c r="B99" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C99" s="13" t="s">
+        <v>375</v>
+      </c>
+      <c r="D99" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E99" s="15">
+        <v>19.102</v>
+      </c>
+      <c r="F99" s="35" t="s">
+        <v>1649</v>
+      </c>
+      <c r="G99" s="20"/>
+      <c r="H99" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I99" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J99" s="19"/>
+    </row>
+    <row r="100" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A100" s="6" t="s">
+        <v>376</v>
+      </c>
+      <c r="B100" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="C100" s="8" t="s">
+        <v>378</v>
+      </c>
+      <c r="D100" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E100" s="10">
+        <v>1.3089999999999999</v>
+      </c>
+      <c r="F100" s="20">
+        <v>0</v>
+      </c>
+      <c r="G100" s="20"/>
+      <c r="H100" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I100" s="22" t="s">
+        <v>379</v>
+      </c>
+      <c r="J100" s="19"/>
+    </row>
+    <row r="101" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A101" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="B101" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C101" s="8" t="s">
+        <v>381</v>
+      </c>
+      <c r="D101" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E101" s="16">
+        <v>1.177</v>
+      </c>
+      <c r="F101" s="20" t="s">
+        <v>382</v>
+      </c>
+      <c r="G101" s="20"/>
+      <c r="H101" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I101" s="22" t="s">
+        <v>383</v>
+      </c>
+      <c r="J101" s="19"/>
+    </row>
+    <row r="102" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A102" s="11" t="s">
+        <v>384</v>
+      </c>
+      <c r="B102" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C102" s="13" t="s">
+        <v>385</v>
+      </c>
+      <c r="D102" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E102" s="15">
+        <v>23.605</v>
+      </c>
+      <c r="F102" s="35" t="s">
+        <v>1651</v>
+      </c>
+      <c r="G102" s="20"/>
+      <c r="H102" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I102" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J102" s="19"/>
+    </row>
+    <row r="103" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A103" s="6" t="s">
+        <v>386</v>
+      </c>
+      <c r="B103" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C103" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D103" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E103" s="10">
+        <v>1.7490000000000001</v>
+      </c>
+      <c r="F103" s="20" t="s">
+        <v>302</v>
+      </c>
+      <c r="G103" s="20"/>
+      <c r="H103" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I103" s="22" t="s">
+        <v>387</v>
+      </c>
+      <c r="J103" s="19"/>
+    </row>
+    <row r="104" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A104" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="B104" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C104" s="8" t="s">
+        <v>389</v>
+      </c>
+      <c r="D104" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E104" s="10">
+        <v>1.2450000000000001</v>
+      </c>
+      <c r="F104" s="20">
+        <v>0</v>
+      </c>
+      <c r="G104" s="20"/>
+      <c r="H104" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I104" s="22" t="s">
+        <v>390</v>
+      </c>
+      <c r="J104" s="19"/>
+    </row>
+    <row r="105" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A105" s="11" t="s">
+        <v>391</v>
+      </c>
+      <c r="B105" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C105" s="13" t="s">
+        <v>392</v>
+      </c>
+      <c r="D105" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E105" s="15">
+        <v>1.0900000000000001</v>
+      </c>
+      <c r="F105" s="20" t="s">
+        <v>393</v>
+      </c>
+      <c r="G105" s="20"/>
+      <c r="H105" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I105" s="22" t="s">
+        <v>394</v>
+      </c>
+      <c r="J105" s="19"/>
+    </row>
+    <row r="106" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A106" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="B106" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C106" s="8" t="s">
+        <v>396</v>
+      </c>
+      <c r="D106" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E106" s="10">
+        <v>3.1259999999999999</v>
+      </c>
+      <c r="F106" s="24" t="s">
+        <v>1650</v>
+      </c>
+      <c r="G106" s="20"/>
+      <c r="H106" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I106" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J106" s="19"/>
+    </row>
+    <row r="107" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A107" s="6" t="s">
+        <v>397</v>
+      </c>
+      <c r="B107" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C107" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D107" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E107" s="10">
+        <v>2.0310000000000001</v>
+      </c>
+      <c r="F107" s="20" t="s">
+        <v>398</v>
+      </c>
+      <c r="G107" s="20"/>
+      <c r="H107" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I107" s="23" t="s">
+        <v>399</v>
+      </c>
+      <c r="J107" s="19"/>
+    </row>
+    <row r="108" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A108" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="B108" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="C108" s="8" t="s">
+        <v>401</v>
+      </c>
+      <c r="D108" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E108" s="10">
+        <v>2.2450000000000001</v>
+      </c>
+      <c r="F108" s="20" t="s">
+        <v>402</v>
+      </c>
+      <c r="G108" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H108" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I108" s="22" t="s">
+        <v>400</v>
+      </c>
+      <c r="J108" s="19"/>
+    </row>
+    <row r="109" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A109" s="11" t="s">
+        <v>403</v>
+      </c>
+      <c r="B109" s="12" t="s">
+        <v>377</v>
+      </c>
+      <c r="C109" s="13" t="s">
+        <v>404</v>
+      </c>
+      <c r="D109" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E109" s="15">
+        <v>3.6309999999999998</v>
+      </c>
+      <c r="F109" s="20">
+        <v>0</v>
+      </c>
+      <c r="G109" s="20"/>
+      <c r="H109" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I109" s="22" t="s">
+        <v>405</v>
+      </c>
+      <c r="J109" s="19"/>
+    </row>
+    <row r="110" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A110" s="11" t="s">
+        <v>406</v>
+      </c>
+      <c r="B110" s="12" t="s">
+        <v>377</v>
+      </c>
+      <c r="C110" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D110" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E110" s="15">
+        <v>1.6359999999999999</v>
+      </c>
+      <c r="F110" s="20" t="s">
+        <v>245</v>
+      </c>
+      <c r="G110" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H110" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I110" s="22" t="s">
+        <v>406</v>
+      </c>
+      <c r="J110" s="19"/>
+    </row>
+    <row r="111" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A111" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="B111" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="C111" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D111" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E111" s="10">
+        <v>4.9180000000000001</v>
+      </c>
+      <c r="F111" s="20" t="s">
+        <v>408</v>
+      </c>
+      <c r="G111" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H111" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I111" s="22" t="s">
+        <v>407</v>
+      </c>
+      <c r="J111" s="19"/>
+    </row>
+    <row r="112" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A112" s="11" t="s">
+        <v>409</v>
+      </c>
+      <c r="B112" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C112" s="13" t="s">
+        <v>410</v>
+      </c>
+      <c r="D112" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E112" s="15">
+        <v>8.0570000000000004</v>
+      </c>
+      <c r="F112" s="24" t="s">
+        <v>1649</v>
+      </c>
+      <c r="G112" s="20"/>
+      <c r="H112" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I112" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J112" s="19"/>
+    </row>
+    <row r="113" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A113" s="11" t="s">
+        <v>411</v>
+      </c>
+      <c r="B113" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C113" s="13" t="s">
+        <v>412</v>
+      </c>
+      <c r="D113" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E113" s="15">
+        <v>11.872</v>
+      </c>
+      <c r="F113" s="24" t="s">
+        <v>1649</v>
+      </c>
+      <c r="G113" s="20"/>
+      <c r="H113" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I113" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J113" s="19"/>
+    </row>
+    <row r="114" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A114" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="B114" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C114" s="8" t="s">
+        <v>414</v>
+      </c>
+      <c r="D114" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E114" s="10">
+        <v>1.554</v>
+      </c>
+      <c r="F114" s="36" t="s">
+        <v>415</v>
+      </c>
+      <c r="G114" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="H114" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I114" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J114" s="19"/>
+    </row>
+    <row r="115" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A115" s="11" t="s">
+        <v>416</v>
+      </c>
+      <c r="B115" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C115" s="13" t="s">
+        <v>417</v>
+      </c>
+      <c r="D115" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E115" s="15">
+        <v>3.464</v>
+      </c>
+      <c r="F115" s="35" t="s">
+        <v>1654</v>
+      </c>
+      <c r="G115" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H115" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I115" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J115" s="19"/>
+    </row>
+    <row r="116" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A116" s="11" t="s">
+        <v>418</v>
+      </c>
+      <c r="B116" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C116" s="13" t="s">
+        <v>419</v>
+      </c>
+      <c r="D116" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E116" s="15">
+        <v>4.1109999999999998</v>
+      </c>
+      <c r="F116" s="24" t="s">
+        <v>1654</v>
+      </c>
+      <c r="G116" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H116" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I116" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J116" s="19"/>
+    </row>
+    <row r="117" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A117" s="6" t="s">
+        <v>420</v>
+      </c>
+      <c r="B117" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="C117" s="8" t="s">
+        <v>421</v>
+      </c>
+      <c r="D117" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E117" s="10">
+        <v>12.564</v>
+      </c>
+      <c r="F117" s="20">
+        <v>0</v>
+      </c>
+      <c r="G117" s="20"/>
+      <c r="H117" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I117" s="22" t="s">
+        <v>422</v>
+      </c>
+      <c r="J117" s="19"/>
+    </row>
+    <row r="118" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A118" s="11" t="s">
+        <v>423</v>
+      </c>
+      <c r="B118" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C118" s="13" t="s">
+        <v>424</v>
+      </c>
+      <c r="D118" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E118" s="15">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="F118" s="24" t="s">
+        <v>1649</v>
+      </c>
+      <c r="G118" s="20"/>
+      <c r="H118" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I118" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J118" s="19"/>
+    </row>
+    <row r="119" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A119" s="11" t="s">
+        <v>425</v>
+      </c>
+      <c r="B119" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C119" s="13" t="s">
+        <v>426</v>
+      </c>
+      <c r="D119" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E119" s="15">
+        <v>6.5750000000000002</v>
+      </c>
+      <c r="F119" s="24" t="s">
+        <v>1650</v>
+      </c>
+      <c r="G119" s="20"/>
+      <c r="H119" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I119" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J119" s="19"/>
+    </row>
+    <row r="120" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A120" s="11" t="s">
+        <v>427</v>
+      </c>
+      <c r="B120" s="12" t="s">
+        <v>167</v>
+      </c>
+      <c r="C120" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D120" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E120" s="15">
+        <v>1.421</v>
+      </c>
+      <c r="F120" s="20" t="s">
+        <v>326</v>
+      </c>
+      <c r="G120" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H120" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I120" s="22" t="s">
+        <v>428</v>
+      </c>
+      <c r="J120" s="19"/>
+    </row>
+    <row r="121" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A121" s="11" t="s">
+        <v>429</v>
+      </c>
+      <c r="B121" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C121" s="13" t="s">
+        <v>430</v>
+      </c>
+      <c r="D121" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E121" s="15">
+        <v>1.0489999999999999</v>
+      </c>
+      <c r="F121" s="20" t="s">
+        <v>431</v>
+      </c>
+      <c r="G121" s="20"/>
+      <c r="H121" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I121" s="22" t="s">
+        <v>432</v>
+      </c>
+      <c r="J121" s="19"/>
+    </row>
+    <row r="122" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A122" s="11" t="s">
+        <v>433</v>
+      </c>
+      <c r="B122" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C122" s="13" t="s">
+        <v>434</v>
+      </c>
+      <c r="D122" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E122" s="15">
+        <v>1.772</v>
+      </c>
+      <c r="F122" s="20" t="s">
+        <v>302</v>
+      </c>
+      <c r="G122" s="20"/>
+      <c r="H122" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I122" s="23" t="s">
+        <v>435</v>
+      </c>
+      <c r="J122" s="19"/>
+    </row>
+    <row r="123" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A123" s="6" t="s">
+        <v>436</v>
+      </c>
+      <c r="B123" s="7" t="s">
+        <v>437</v>
+      </c>
+      <c r="C123" s="8" t="s">
+        <v>438</v>
+      </c>
+      <c r="D123" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E123" s="10">
+        <v>2.0550000000000002</v>
+      </c>
+      <c r="F123" s="20">
+        <v>0</v>
+      </c>
+      <c r="G123" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H123" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I123" s="22" t="s">
+        <v>439</v>
+      </c>
+      <c r="J123" s="19"/>
+    </row>
+    <row r="124" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A124" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="B124" s="7" t="s">
+        <v>441</v>
+      </c>
+      <c r="C124" s="8" t="s">
+        <v>442</v>
+      </c>
+      <c r="D124" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E124" s="10">
+        <v>1.0049999999999999</v>
+      </c>
+      <c r="F124" s="20">
+        <v>0</v>
+      </c>
+      <c r="G124" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H124" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I124" s="22" t="s">
+        <v>443</v>
+      </c>
+      <c r="J124" s="19"/>
+    </row>
+    <row r="125" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A125" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="B125" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C125" s="8" t="s">
+        <v>445</v>
+      </c>
+      <c r="D125" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E125" s="10">
+        <v>1.177</v>
+      </c>
+      <c r="F125" s="20">
+        <v>0</v>
+      </c>
+      <c r="G125" s="20"/>
+      <c r="H125" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I125" s="22" t="s">
+        <v>446</v>
+      </c>
+      <c r="J125" s="19"/>
+    </row>
+    <row r="126" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A126" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="B126" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C126" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D126" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E126" s="16">
+        <v>0.84599999999999997</v>
+      </c>
+      <c r="F126" s="20" t="s">
+        <v>448</v>
+      </c>
+      <c r="G126" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H126" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I126" s="22" t="s">
+        <v>449</v>
+      </c>
+      <c r="J126" s="19"/>
+    </row>
+    <row r="127" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A127" s="11" t="s">
+        <v>450</v>
+      </c>
+      <c r="B127" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C127" s="13" t="s">
+        <v>451</v>
+      </c>
+      <c r="D127" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E127" s="15">
+        <v>1.018</v>
+      </c>
+      <c r="F127" s="20">
+        <v>0</v>
+      </c>
+      <c r="G127" s="20"/>
+      <c r="H127" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I127" s="22" t="s">
+        <v>452</v>
+      </c>
+      <c r="J127" s="19"/>
+    </row>
+    <row r="128" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A128" s="6" t="s">
+        <v>453</v>
+      </c>
+      <c r="B128" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="C128" s="8" t="s">
+        <v>454</v>
+      </c>
+      <c r="D128" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E128" s="10">
+        <v>2.94</v>
+      </c>
+      <c r="F128" s="20" t="s">
+        <v>455</v>
+      </c>
+      <c r="G128" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="H128" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I128" s="22" t="s">
+        <v>78</v>
+      </c>
+      <c r="J128" s="19"/>
+    </row>
+    <row r="129" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A129" s="11" t="s">
+        <v>456</v>
+      </c>
+      <c r="B129" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C129" s="13" t="s">
+        <v>457</v>
+      </c>
+      <c r="D129" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E129" s="15">
+        <v>1.5529999999999999</v>
+      </c>
+      <c r="F129" s="32">
+        <v>3460</v>
+      </c>
+      <c r="G129" s="20"/>
+      <c r="H129" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I129" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J129" s="19"/>
+    </row>
+    <row r="130" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A130" s="11" t="s">
+        <v>458</v>
+      </c>
+      <c r="B130" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C130" s="13" t="s">
+        <v>459</v>
+      </c>
+      <c r="D130" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E130" s="15">
+        <v>1.645</v>
+      </c>
+      <c r="F130" s="20" t="s">
+        <v>460</v>
+      </c>
+      <c r="G130" s="20"/>
+      <c r="H130" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I130" s="23" t="s">
+        <v>461</v>
+      </c>
+      <c r="J130" s="19"/>
+    </row>
+    <row r="131" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A131" s="6" t="s">
+        <v>462</v>
+      </c>
+      <c r="B131" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C131" s="8" t="s">
+        <v>463</v>
+      </c>
+      <c r="D131" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E131" s="10">
+        <v>1.1619999999999999</v>
+      </c>
+      <c r="F131" s="32">
+        <v>4380</v>
+      </c>
+      <c r="G131" s="20"/>
+      <c r="H131" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I131" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J131" s="19"/>
+    </row>
+    <row r="132" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A132" s="11" t="s">
+        <v>464</v>
+      </c>
+      <c r="B132" s="12" t="s">
+        <v>465</v>
+      </c>
+      <c r="C132" s="13" t="s">
+        <v>466</v>
+      </c>
+      <c r="D132" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E132" s="15">
+        <v>2.7839999999999998</v>
+      </c>
+      <c r="F132" s="34" t="s">
+        <v>467</v>
+      </c>
+      <c r="G132" s="33" t="s">
+        <v>321</v>
+      </c>
+      <c r="H132" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I132" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J132" s="19"/>
+    </row>
+    <row r="133" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A133" s="6" t="s">
+        <v>468</v>
+      </c>
+      <c r="B133" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C133" s="8" t="s">
+        <v>469</v>
+      </c>
+      <c r="D133" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E133" s="10">
+        <v>2.5270000000000001</v>
+      </c>
+      <c r="F133" s="20" t="s">
+        <v>470</v>
+      </c>
+      <c r="G133" s="20"/>
+      <c r="H133" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I133" s="22" t="s">
+        <v>471</v>
+      </c>
+      <c r="J133" s="19"/>
+    </row>
+    <row r="134" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A134" s="6" t="s">
+        <v>472</v>
+      </c>
+      <c r="B134" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="C134" s="8" t="s">
+        <v>473</v>
+      </c>
+      <c r="D134" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E134" s="10">
+        <v>9.1820000000000004</v>
+      </c>
+      <c r="F134" s="20">
+        <v>0</v>
+      </c>
+      <c r="G134" s="20" t="s">
+        <v>474</v>
+      </c>
+      <c r="H134" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I134" s="22" t="s">
+        <v>161</v>
+      </c>
+      <c r="J134" s="19"/>
+    </row>
+    <row r="135" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A135" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="B135" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C135" s="8" t="s">
+        <v>476</v>
+      </c>
+      <c r="D135" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E135" s="10">
+        <v>1.2030000000000001</v>
+      </c>
+      <c r="F135" s="20">
+        <v>0</v>
+      </c>
+      <c r="G135" s="20"/>
+      <c r="H135" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I135" s="22" t="s">
+        <v>477</v>
+      </c>
+      <c r="J135" s="19"/>
+    </row>
+    <row r="136" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A136" s="6" t="s">
+        <v>478</v>
+      </c>
+      <c r="B136" s="7" t="s">
+        <v>479</v>
+      </c>
+      <c r="C136" s="8" t="s">
+        <v>480</v>
+      </c>
+      <c r="D136" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E136" s="10">
+        <v>4.0460000000000003</v>
+      </c>
+      <c r="F136" s="20"/>
+      <c r="G136" s="20" t="s">
+        <v>481</v>
+      </c>
+      <c r="H136" s="21"/>
+      <c r="I136" s="22" t="s">
+        <v>482</v>
+      </c>
+      <c r="J136" s="19"/>
+    </row>
+    <row r="137" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A137" s="11" t="s">
+        <v>483</v>
+      </c>
+      <c r="B137" s="12" t="s">
+        <v>484</v>
+      </c>
+      <c r="C137" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D137" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E137" s="15">
+        <v>2.0630000000000002</v>
+      </c>
+      <c r="F137" s="20" t="s">
+        <v>485</v>
+      </c>
+      <c r="G137" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H137" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I137" s="22" t="s">
+        <v>486</v>
+      </c>
+      <c r="J137" s="19"/>
+    </row>
+    <row r="138" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A138" s="11" t="s">
+        <v>487</v>
+      </c>
+      <c r="B138" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C138" s="13" t="s">
+        <v>488</v>
+      </c>
+      <c r="D138" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E138" s="15">
+        <v>1.423</v>
+      </c>
+      <c r="F138" s="20" t="s">
+        <v>489</v>
+      </c>
+      <c r="G138" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H138" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I138" s="22" t="s">
+        <v>487</v>
+      </c>
+      <c r="J138" s="19"/>
+    </row>
+    <row r="139" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A139" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="B139" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C139" s="8" t="s">
+        <v>491</v>
+      </c>
+      <c r="D139" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E139" s="16">
+        <v>1.319</v>
+      </c>
+      <c r="F139" s="20" t="s">
+        <v>268</v>
+      </c>
+      <c r="G139" s="20"/>
+      <c r="H139" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I139" s="22" t="s">
+        <v>492</v>
+      </c>
+      <c r="J139" s="19"/>
+    </row>
+    <row r="140" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A140" s="11" t="s">
+        <v>493</v>
+      </c>
+      <c r="B140" s="12" t="s">
+        <v>494</v>
+      </c>
+      <c r="C140" s="13" t="s">
+        <v>495</v>
+      </c>
+      <c r="D140" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E140" s="15">
+        <v>1.333</v>
+      </c>
+      <c r="F140" s="20" t="s">
+        <v>496</v>
+      </c>
+      <c r="G140" s="20"/>
+      <c r="H140" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I140" s="22" t="s">
+        <v>497</v>
+      </c>
+      <c r="J140" s="19"/>
+    </row>
+    <row r="141" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A141" s="6" t="s">
+        <v>498</v>
+      </c>
+      <c r="B141" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C141" s="8" t="s">
+        <v>499</v>
+      </c>
+      <c r="D141" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E141" s="10">
+        <v>2.113</v>
+      </c>
+      <c r="F141" s="32">
+        <v>2990</v>
+      </c>
+      <c r="G141" s="20"/>
+      <c r="H141" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I141" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J141" s="19"/>
+    </row>
+    <row r="142" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A142" s="6" t="s">
+        <v>500</v>
+      </c>
+      <c r="B142" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C142" s="8" t="s">
+        <v>501</v>
+      </c>
+      <c r="D142" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E142" s="10">
+        <v>2.7360000000000002</v>
+      </c>
+      <c r="F142" s="36" t="s">
+        <v>502</v>
+      </c>
+      <c r="G142" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="H142" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I142" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J142" s="19"/>
+    </row>
+    <row r="143" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A143" s="11" t="s">
+        <v>503</v>
+      </c>
+      <c r="B143" s="12" t="s">
+        <v>504</v>
+      </c>
+      <c r="C143" s="13" t="s">
+        <v>505</v>
+      </c>
+      <c r="D143" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E143" s="15">
+        <v>1.3180000000000001</v>
+      </c>
+      <c r="F143" s="20" t="s">
+        <v>289</v>
+      </c>
+      <c r="G143" s="20"/>
+      <c r="H143" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I143" s="22" t="s">
+        <v>506</v>
+      </c>
+      <c r="J143" s="19"/>
+    </row>
+    <row r="144" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A144" s="11" t="s">
+        <v>507</v>
+      </c>
+      <c r="B144" s="12" t="s">
+        <v>171</v>
+      </c>
+      <c r="C144" s="13" t="s">
+        <v>508</v>
+      </c>
+      <c r="D144" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E144" s="15">
+        <v>1.9770000000000001</v>
+      </c>
+      <c r="F144" s="20" t="s">
+        <v>509</v>
+      </c>
+      <c r="G144" s="20"/>
+      <c r="H144" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I144" s="22" t="s">
+        <v>510</v>
+      </c>
+      <c r="J144" s="19"/>
+    </row>
+    <row r="145" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A145" s="11" t="s">
+        <v>511</v>
+      </c>
+      <c r="B145" s="12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C145" s="13" t="s">
+        <v>512</v>
+      </c>
+      <c r="D145" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E145" s="15">
+        <v>2.9239999999999999</v>
+      </c>
+      <c r="F145" s="20" t="s">
+        <v>108</v>
+      </c>
+      <c r="G145" s="20"/>
+      <c r="H145" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I145" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J145" s="19"/>
+    </row>
+    <row r="146" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A146" s="11" t="s">
+        <v>513</v>
+      </c>
+      <c r="B146" s="12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C146" s="13" t="s">
+        <v>514</v>
+      </c>
+      <c r="D146" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E146" s="15">
+        <v>1.599</v>
+      </c>
+      <c r="F146" s="20" t="s">
+        <v>108</v>
+      </c>
+      <c r="G146" s="20"/>
+      <c r="H146" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I146" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J146" s="19"/>
+    </row>
+    <row r="147" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A147" s="11" t="s">
+        <v>515</v>
+      </c>
+      <c r="B147" s="12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C147" s="13" t="s">
+        <v>516</v>
+      </c>
+      <c r="D147" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E147" s="15">
+        <v>1.3260000000000001</v>
+      </c>
+      <c r="F147" s="20" t="s">
+        <v>205</v>
+      </c>
+      <c r="G147" s="20"/>
+      <c r="H147" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I147" s="22" t="s">
+        <v>517</v>
+      </c>
+      <c r="J147" s="19"/>
+    </row>
+    <row r="148" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A148" s="6" t="s">
+        <v>518</v>
+      </c>
+      <c r="B148" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="C148" s="8" t="s">
+        <v>519</v>
+      </c>
+      <c r="D148" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E148" s="16">
+        <v>1.0780000000000001</v>
+      </c>
+      <c r="F148" s="20" t="s">
+        <v>520</v>
+      </c>
+      <c r="G148" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H148" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I148" s="22" t="s">
+        <v>521</v>
+      </c>
+      <c r="J148" s="19"/>
+    </row>
+    <row r="149" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A149" s="11" t="s">
+        <v>518</v>
+      </c>
+      <c r="B149" s="12" t="s">
+        <v>211</v>
+      </c>
+      <c r="C149" s="13" t="s">
+        <v>519</v>
+      </c>
+      <c r="D149" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E149" s="15">
+        <v>1.0780000000000001</v>
+      </c>
+      <c r="F149" s="20" t="s">
+        <v>520</v>
+      </c>
+      <c r="G149" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H149" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I149" s="22" t="s">
+        <v>521</v>
+      </c>
+      <c r="J149" s="19"/>
+    </row>
+    <row r="150" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A150" s="11" t="s">
+        <v>522</v>
+      </c>
+      <c r="B150" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C150" s="13" t="s">
+        <v>523</v>
+      </c>
+      <c r="D150" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E150" s="15">
+        <v>3.9929999999999999</v>
+      </c>
+      <c r="F150" s="24" t="s">
+        <v>1655</v>
+      </c>
+      <c r="G150" s="20"/>
+      <c r="H150" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I150" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J150" s="19"/>
+    </row>
+    <row r="151" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A151" s="11" t="s">
+        <v>524</v>
+      </c>
+      <c r="B151" s="12" t="s">
+        <v>525</v>
+      </c>
+      <c r="C151" s="13" t="s">
+        <v>526</v>
+      </c>
+      <c r="D151" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E151" s="17">
+        <v>2.7490000000000001</v>
+      </c>
+      <c r="F151" s="20">
+        <v>0</v>
+      </c>
+      <c r="G151" s="20"/>
+      <c r="H151" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I151" s="22" t="s">
+        <v>527</v>
+      </c>
+      <c r="J151" s="19"/>
+    </row>
+    <row r="152" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A152" s="11" t="s">
+        <v>528</v>
+      </c>
+      <c r="B152" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C152" s="13" t="s">
+        <v>529</v>
+      </c>
+      <c r="D152" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E152" s="15">
+        <v>2.4750000000000001</v>
+      </c>
+      <c r="F152" s="20" t="s">
+        <v>530</v>
+      </c>
+      <c r="G152" s="20"/>
+      <c r="H152" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I152" s="22" t="s">
+        <v>531</v>
+      </c>
+      <c r="J152" s="19"/>
+    </row>
+    <row r="153" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A153" s="6" t="s">
+        <v>532</v>
+      </c>
+      <c r="B153" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C153" s="8" t="s">
+        <v>533</v>
+      </c>
+      <c r="D153" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E153" s="10">
+        <v>2.0430000000000001</v>
+      </c>
+      <c r="F153" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="G153" s="20"/>
+      <c r="H153" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I153" s="22" t="s">
+        <v>534</v>
+      </c>
+      <c r="J153" s="19"/>
+    </row>
+    <row r="154" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A154" s="6" t="s">
+        <v>535</v>
+      </c>
+      <c r="B154" s="7" t="s">
+        <v>536</v>
+      </c>
+      <c r="C154" s="8" t="s">
+        <v>537</v>
+      </c>
+      <c r="D154" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E154" s="10">
+        <v>2.6440000000000001</v>
+      </c>
+      <c r="F154" s="20" t="s">
+        <v>538</v>
+      </c>
+      <c r="G154" s="20"/>
+      <c r="H154" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I154" s="22" t="s">
+        <v>539</v>
+      </c>
+      <c r="J154" s="19"/>
+    </row>
+    <row r="155" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A155" s="11" t="s">
+        <v>540</v>
+      </c>
+      <c r="B155" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C155" s="13" t="s">
+        <v>541</v>
+      </c>
+      <c r="D155" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E155" s="15">
+        <v>2.1680000000000001</v>
+      </c>
+      <c r="F155" s="20" t="s">
+        <v>542</v>
+      </c>
+      <c r="G155" s="20"/>
+      <c r="H155" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I155" s="22" t="s">
+        <v>543</v>
+      </c>
+      <c r="J155" s="19"/>
+    </row>
+    <row r="156" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A156" s="6" t="s">
+        <v>544</v>
+      </c>
+      <c r="B156" s="7" t="s">
+        <v>536</v>
+      </c>
+      <c r="C156" s="8" t="s">
+        <v>545</v>
+      </c>
+      <c r="D156" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E156" s="10">
+        <v>1.9470000000000001</v>
+      </c>
+      <c r="F156" s="20" t="s">
+        <v>546</v>
+      </c>
+      <c r="G156" s="20"/>
+      <c r="H156" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I156" s="22" t="s">
+        <v>547</v>
+      </c>
+      <c r="J156" s="19"/>
+    </row>
+    <row r="157" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A157" s="11" t="s">
+        <v>548</v>
+      </c>
+      <c r="B157" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C157" s="13" t="s">
+        <v>549</v>
+      </c>
+      <c r="D157" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E157" s="15">
+        <v>1.5589999999999999</v>
+      </c>
+      <c r="F157" s="20" t="s">
+        <v>550</v>
+      </c>
+      <c r="G157" s="20"/>
+      <c r="H157" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I157" s="22" t="s">
+        <v>551</v>
+      </c>
+      <c r="J157" s="19"/>
+    </row>
+    <row r="158" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A158" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="B158" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="C158" s="8" t="s">
+        <v>553</v>
+      </c>
+      <c r="D158" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E158" s="10">
+        <v>1.2050000000000001</v>
+      </c>
+      <c r="F158" s="24" t="s">
+        <v>554</v>
+      </c>
+      <c r="G158" s="20" t="s">
+        <v>77</v>
+      </c>
+      <c r="H158" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I158" s="22" t="s">
+        <v>78</v>
+      </c>
+      <c r="J158" s="19"/>
+    </row>
+    <row r="159" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A159" s="6" t="s">
+        <v>555</v>
+      </c>
+      <c r="B159" s="7" t="s">
+        <v>536</v>
+      </c>
+      <c r="C159" s="8" t="s">
+        <v>556</v>
+      </c>
+      <c r="D159" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E159" s="10">
+        <v>2.512</v>
+      </c>
+      <c r="F159" s="20" t="s">
+        <v>557</v>
+      </c>
+      <c r="G159" s="20"/>
+      <c r="H159" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I159" s="22" t="s">
+        <v>558</v>
+      </c>
+      <c r="J159" s="19"/>
+    </row>
+    <row r="160" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A160" s="6" t="s">
+        <v>559</v>
+      </c>
+      <c r="B160" s="7" t="s">
+        <v>536</v>
+      </c>
+      <c r="C160" s="8" t="s">
+        <v>560</v>
+      </c>
+      <c r="D160" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E160" s="10">
+        <v>2.6709999999999998</v>
+      </c>
+      <c r="F160" s="20" t="s">
+        <v>561</v>
+      </c>
+      <c r="G160" s="20"/>
+      <c r="H160" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I160" s="22" t="s">
+        <v>562</v>
+      </c>
+      <c r="J160" s="19"/>
+    </row>
+    <row r="161" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A161" s="11" t="s">
+        <v>563</v>
+      </c>
+      <c r="B161" s="12" t="s">
+        <v>536</v>
+      </c>
+      <c r="C161" s="13" t="s">
+        <v>564</v>
+      </c>
+      <c r="D161" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E161" s="15">
+        <v>2.6920000000000002</v>
+      </c>
+      <c r="F161" s="20" t="s">
+        <v>565</v>
+      </c>
+      <c r="G161" s="20"/>
+      <c r="H161" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I161" s="22" t="s">
+        <v>566</v>
+      </c>
+      <c r="J161" s="19"/>
+    </row>
+    <row r="162" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A162" s="6" t="s">
+        <v>567</v>
+      </c>
+      <c r="B162" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C162" s="8" t="s">
+        <v>568</v>
+      </c>
+      <c r="D162" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E162" s="10">
+        <v>1.8360000000000001</v>
+      </c>
+      <c r="F162" s="20" t="s">
+        <v>569</v>
+      </c>
+      <c r="G162" s="20"/>
+      <c r="H162" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I162" s="22" t="s">
+        <v>570</v>
+      </c>
+      <c r="J162" s="19"/>
+    </row>
+    <row r="163" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A163" s="6" t="s">
+        <v>571</v>
+      </c>
+      <c r="B163" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C163" s="8" t="s">
+        <v>572</v>
+      </c>
+      <c r="D163" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E163" s="10">
+        <v>2.4220000000000002</v>
+      </c>
+      <c r="F163" s="20" t="s">
+        <v>573</v>
+      </c>
+      <c r="G163" s="20"/>
+      <c r="H163" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I163" s="22" t="s">
+        <v>574</v>
+      </c>
+      <c r="J163" s="19"/>
+    </row>
+    <row r="164" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A164" s="11" t="s">
+        <v>575</v>
+      </c>
+      <c r="B164" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C164" s="13" t="s">
+        <v>576</v>
+      </c>
+      <c r="D164" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E164" s="15">
+        <v>1.014</v>
+      </c>
+      <c r="F164" s="20" t="s">
+        <v>577</v>
+      </c>
+      <c r="G164" s="20"/>
+      <c r="H164" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I164" s="22" t="s">
+        <v>578</v>
+      </c>
+      <c r="J164" s="19"/>
+    </row>
+    <row r="165" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A165" s="6" t="s">
+        <v>579</v>
+      </c>
+      <c r="B165" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C165" s="8" t="s">
+        <v>580</v>
+      </c>
+      <c r="D165" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E165" s="10">
+        <v>1.6910000000000001</v>
+      </c>
+      <c r="F165" s="20"/>
+      <c r="G165" s="20"/>
+      <c r="H165" s="21"/>
+      <c r="I165" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J165" s="19"/>
+    </row>
+    <row r="166" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A166" s="11" t="s">
+        <v>581</v>
+      </c>
+      <c r="B166" s="12" t="s">
+        <v>221</v>
+      </c>
+      <c r="C166" s="13" t="s">
+        <v>582</v>
+      </c>
+      <c r="D166" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E166" s="17">
+        <v>0.68300000000000005</v>
+      </c>
+      <c r="F166" s="20" t="s">
+        <v>583</v>
+      </c>
+      <c r="G166" s="20"/>
+      <c r="H166" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I166" s="22" t="s">
+        <v>584</v>
+      </c>
+      <c r="J166" s="19"/>
+    </row>
+    <row r="167" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A167" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="B167" s="7" t="s">
+        <v>586</v>
+      </c>
+      <c r="C167" s="8" t="s">
+        <v>587</v>
+      </c>
+      <c r="D167" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E167" s="10">
+        <v>1.9790000000000001</v>
+      </c>
+      <c r="F167" s="20">
+        <v>0</v>
+      </c>
+      <c r="G167" s="20" t="s">
+        <v>588</v>
+      </c>
+      <c r="H167" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I167" s="22" t="s">
+        <v>589</v>
+      </c>
+      <c r="J167" s="19"/>
+    </row>
+    <row r="168" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A168" s="11" t="s">
+        <v>590</v>
+      </c>
+      <c r="B168" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C168" s="13" t="s">
+        <v>591</v>
+      </c>
+      <c r="D168" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E168" s="15">
+        <v>5.2450000000000001</v>
+      </c>
+      <c r="F168" s="35" t="s">
+        <v>1649</v>
+      </c>
+      <c r="G168" s="20"/>
+      <c r="H168" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I168" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J168" s="19"/>
+    </row>
+    <row r="169" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A169" s="6" t="s">
+        <v>592</v>
+      </c>
+      <c r="B169" s="7" t="s">
+        <v>586</v>
+      </c>
+      <c r="C169" s="8" t="s">
+        <v>593</v>
+      </c>
+      <c r="D169" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E169" s="10">
+        <v>1.2430000000000001</v>
+      </c>
+      <c r="F169" s="20" t="s">
+        <v>594</v>
+      </c>
+      <c r="G169" s="20"/>
+      <c r="H169" s="21"/>
+      <c r="I169" s="22" t="s">
+        <v>595</v>
+      </c>
+      <c r="J169" s="19"/>
+    </row>
+    <row r="170" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A170" s="6" t="s">
+        <v>596</v>
+      </c>
+      <c r="B170" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C170" s="8" t="s">
+        <v>597</v>
+      </c>
+      <c r="D170" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E170" s="10">
+        <v>1.552</v>
+      </c>
+      <c r="F170" s="36" t="s">
+        <v>598</v>
+      </c>
+      <c r="G170" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="H170" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I170" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J170" s="19"/>
+    </row>
+    <row r="171" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A171" s="11" t="s">
+        <v>599</v>
+      </c>
+      <c r="B171" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C171" s="13" t="s">
+        <v>600</v>
+      </c>
+      <c r="D171" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E171" s="15">
+        <v>1.379</v>
+      </c>
+      <c r="F171" s="20" t="s">
+        <v>268</v>
+      </c>
+      <c r="G171" s="20"/>
+      <c r="H171" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I171" s="22" t="s">
+        <v>601</v>
+      </c>
+      <c r="J171" s="19"/>
+    </row>
+    <row r="172" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A172" s="6" t="s">
+        <v>602</v>
+      </c>
+      <c r="B172" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C172" s="8" t="s">
+        <v>603</v>
+      </c>
+      <c r="D172" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E172" s="10">
+        <v>1.1919999999999999</v>
+      </c>
+      <c r="F172" s="34" t="s">
+        <v>604</v>
+      </c>
+      <c r="G172" s="33" t="s">
+        <v>361</v>
+      </c>
+      <c r="H172" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I172" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J172" s="19"/>
+    </row>
+    <row r="173" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A173" s="6" t="s">
+        <v>605</v>
+      </c>
+      <c r="B173" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C173" s="8" t="s">
+        <v>606</v>
+      </c>
+      <c r="D173" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E173" s="10">
+        <v>2.2789999999999999</v>
+      </c>
+      <c r="F173" s="36" t="s">
+        <v>607</v>
+      </c>
+      <c r="G173" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="H173" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I173" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J173" s="19"/>
+    </row>
+    <row r="174" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A174" s="6" t="s">
+        <v>608</v>
+      </c>
+      <c r="B174" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C174" s="8" t="s">
+        <v>609</v>
+      </c>
+      <c r="D174" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E174" s="10">
+        <v>1.5149999999999999</v>
+      </c>
+      <c r="F174" s="32">
+        <v>3310</v>
+      </c>
+      <c r="G174" s="20"/>
+      <c r="H174" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I174" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J174" s="19"/>
+    </row>
+    <row r="175" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A175" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="B175" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C175" s="8" t="s">
+        <v>611</v>
+      </c>
+      <c r="D175" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E175" s="10">
+        <v>1.6160000000000001</v>
+      </c>
+      <c r="F175" s="20" t="s">
+        <v>612</v>
+      </c>
+      <c r="G175" s="20"/>
+      <c r="H175" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I175" s="22" t="s">
+        <v>613</v>
+      </c>
+      <c r="J175" s="19"/>
+    </row>
+    <row r="176" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A176" s="6" t="s">
+        <v>614</v>
+      </c>
+      <c r="B176" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C176" s="8" t="s">
+        <v>615</v>
+      </c>
+      <c r="D176" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E176" s="10">
+        <v>1.1040000000000001</v>
+      </c>
+      <c r="F176" s="20" t="s">
+        <v>616</v>
+      </c>
+      <c r="G176" s="24" t="s">
+        <v>617</v>
+      </c>
+      <c r="H176" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I176" s="22" t="s">
+        <v>618</v>
+      </c>
+      <c r="J176" s="19"/>
+    </row>
+    <row r="177" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A177" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="B177" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C177" s="8" t="s">
+        <v>620</v>
+      </c>
+      <c r="D177" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E177" s="10">
+        <v>3.1960000000000002</v>
+      </c>
+      <c r="F177" s="32">
+        <v>3310</v>
+      </c>
+      <c r="G177" s="20"/>
+      <c r="H177" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I177" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J177" s="19"/>
+    </row>
+    <row r="178" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A178" s="6" t="s">
+        <v>621</v>
+      </c>
+      <c r="B178" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C178" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D178" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E178" s="10">
+        <v>1.0640000000000001</v>
+      </c>
+      <c r="F178" s="20" t="s">
+        <v>622</v>
+      </c>
+      <c r="G178" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H178" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I178" s="22" t="s">
+        <v>623</v>
+      </c>
+      <c r="J178" s="19"/>
+    </row>
+    <row r="179" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A179" s="6" t="s">
+        <v>624</v>
+      </c>
+      <c r="B179" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C179" s="8" t="s">
+        <v>625</v>
+      </c>
+      <c r="D179" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E179" s="10">
+        <v>1.8680000000000001</v>
+      </c>
+      <c r="F179" s="32">
+        <v>3310</v>
+      </c>
+      <c r="G179" s="20"/>
+      <c r="H179" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I179" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J179" s="19"/>
+    </row>
+    <row r="180" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A180" s="6" t="s">
+        <v>626</v>
+      </c>
+      <c r="B180" s="7" t="s">
+        <v>627</v>
+      </c>
+      <c r="C180" s="8" t="s">
+        <v>628</v>
+      </c>
+      <c r="D180" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E180" s="10">
+        <v>1.03</v>
+      </c>
+      <c r="F180" s="20" t="s">
+        <v>629</v>
+      </c>
+      <c r="G180" s="20" t="s">
+        <v>630</v>
+      </c>
+      <c r="H180" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I180" s="22" t="s">
+        <v>631</v>
+      </c>
+      <c r="J180" s="19"/>
+    </row>
+    <row r="181" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A181" s="6" t="s">
+        <v>632</v>
+      </c>
+      <c r="B181" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C181" s="8" t="s">
+        <v>633</v>
+      </c>
+      <c r="D181" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E181" s="10">
+        <v>3.5609999999999999</v>
+      </c>
+      <c r="F181" s="32">
+        <v>4440</v>
+      </c>
+      <c r="G181" s="20"/>
+      <c r="H181" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I181" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J181" s="19"/>
+    </row>
+    <row r="182" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A182" s="6" t="s">
+        <v>634</v>
+      </c>
+      <c r="B182" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C182" s="8" t="s">
+        <v>635</v>
+      </c>
+      <c r="D182" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E182" s="10">
+        <v>1.4530000000000001</v>
+      </c>
+      <c r="F182" s="20" t="s">
+        <v>636</v>
+      </c>
+      <c r="G182" s="20"/>
+      <c r="H182" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I182" s="22" t="s">
+        <v>637</v>
+      </c>
+      <c r="J182" s="19"/>
+    </row>
+    <row r="183" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A183" s="11" t="s">
+        <v>638</v>
+      </c>
+      <c r="B183" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C183" s="13" t="s">
+        <v>639</v>
+      </c>
+      <c r="D183" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E183" s="15">
+        <v>1.1910000000000001</v>
+      </c>
+      <c r="F183" s="20">
+        <v>0</v>
+      </c>
+      <c r="G183" s="20"/>
+      <c r="H183" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I183" s="22" t="s">
+        <v>640</v>
+      </c>
+      <c r="J183" s="19"/>
+    </row>
+    <row r="184" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A184" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="B184" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="C184" s="8" t="s">
+        <v>642</v>
+      </c>
+      <c r="D184" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E184" s="10">
+        <v>4.4359999999999999</v>
+      </c>
+      <c r="F184" s="20" t="s">
+        <v>643</v>
+      </c>
+      <c r="G184" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H184" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I184" s="22" t="s">
+        <v>644</v>
+      </c>
+      <c r="J184" s="19"/>
+    </row>
+    <row r="185" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A185" s="11" t="s">
+        <v>645</v>
+      </c>
+      <c r="B185" s="12" t="s">
+        <v>377</v>
+      </c>
+      <c r="C185" s="13" t="s">
+        <v>646</v>
+      </c>
+      <c r="D185" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E185" s="15">
+        <v>2.8140000000000001</v>
+      </c>
+      <c r="F185" s="20" t="s">
+        <v>647</v>
+      </c>
+      <c r="G185" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H185" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I185" s="22" t="s">
+        <v>648</v>
+      </c>
+      <c r="J185" s="19"/>
+    </row>
+    <row r="186" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A186" s="6" t="s">
+        <v>649</v>
+      </c>
+      <c r="B186" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="C186" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D186" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E186" s="10">
+        <v>1.994</v>
+      </c>
+      <c r="F186" s="20" t="s">
+        <v>650</v>
+      </c>
+      <c r="G186" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H186" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I186" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J186" s="19"/>
+    </row>
+    <row r="187" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A187" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="B187" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C187" s="8" t="s">
+        <v>652</v>
+      </c>
+      <c r="D187" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E187" s="10">
+        <v>1.274</v>
+      </c>
+      <c r="F187" s="32">
+        <v>3980</v>
+      </c>
+      <c r="G187" s="20"/>
+      <c r="H187" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I187" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J187" s="19"/>
+    </row>
+    <row r="188" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A188" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="B188" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C188" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D188" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E188" s="10">
+        <v>1.5429999999999999</v>
+      </c>
+      <c r="F188" s="20" t="s">
+        <v>276</v>
+      </c>
+      <c r="G188" s="20"/>
+      <c r="H188" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I188" s="23" t="s">
+        <v>654</v>
+      </c>
+      <c r="J188" s="19"/>
+    </row>
+    <row r="189" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A189" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="B189" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C189" s="8" t="s">
+        <v>656</v>
+      </c>
+      <c r="D189" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E189" s="10">
+        <v>1.0720000000000001</v>
+      </c>
+      <c r="F189" s="20" t="s">
+        <v>657</v>
+      </c>
+      <c r="G189" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H189" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I189" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J189" s="19"/>
+    </row>
+    <row r="190" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A190" s="6" t="s">
+        <v>658</v>
+      </c>
+      <c r="B190" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C190" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D190" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E190" s="10">
+        <v>2.2029999999999998</v>
+      </c>
+      <c r="F190" s="20" t="s">
+        <v>121</v>
+      </c>
+      <c r="G190" s="20"/>
+      <c r="H190" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I190" s="23" t="s">
+        <v>659</v>
+      </c>
+      <c r="J190" s="19"/>
+    </row>
+    <row r="191" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A191" s="11" t="s">
+        <v>660</v>
+      </c>
+      <c r="B191" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C191" s="13" t="s">
+        <v>661</v>
+      </c>
+      <c r="D191" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E191" s="17">
+        <v>1.0109999999999999</v>
+      </c>
+      <c r="F191" s="20" t="s">
+        <v>662</v>
+      </c>
+      <c r="G191" s="20"/>
+      <c r="H191" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I191" s="22" t="s">
+        <v>663</v>
+      </c>
+      <c r="J191" s="19"/>
+    </row>
+    <row r="192" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A192" s="11" t="s">
+        <v>664</v>
+      </c>
+      <c r="B192" s="12" t="s">
+        <v>221</v>
+      </c>
+      <c r="C192" s="13" t="s">
+        <v>665</v>
+      </c>
+      <c r="D192" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E192" s="15">
+        <v>1.411</v>
+      </c>
+      <c r="F192" s="20" t="s">
+        <v>666</v>
+      </c>
+      <c r="G192" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H192" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I192" s="22" t="s">
+        <v>667</v>
+      </c>
+      <c r="J192" s="19"/>
+    </row>
+    <row r="193" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A193" s="6" t="s">
+        <v>668</v>
+      </c>
+      <c r="B193" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C193" s="8" t="s">
+        <v>669</v>
+      </c>
+      <c r="D193" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E193" s="16">
+        <v>0.621</v>
+      </c>
+      <c r="F193" s="20">
+        <v>0</v>
+      </c>
+      <c r="G193" s="20"/>
+      <c r="H193" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I193" s="22" t="s">
+        <v>670</v>
+      </c>
+      <c r="J193" s="19"/>
+    </row>
+    <row r="194" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A194" s="11" t="s">
+        <v>671</v>
+      </c>
+      <c r="B194" s="12" t="s">
+        <v>377</v>
+      </c>
+      <c r="C194" s="13" t="s">
+        <v>672</v>
+      </c>
+      <c r="D194" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E194" s="15">
+        <v>1.929</v>
+      </c>
+      <c r="F194" s="20">
+        <v>0</v>
+      </c>
+      <c r="G194" s="20"/>
+      <c r="H194" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I194" s="22" t="s">
+        <v>673</v>
+      </c>
+      <c r="J194" s="19"/>
+    </row>
+    <row r="195" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A195" s="6" t="s">
+        <v>674</v>
+      </c>
+      <c r="B195" s="7" t="s">
+        <v>675</v>
+      </c>
+      <c r="C195" s="8" t="s">
+        <v>676</v>
+      </c>
+      <c r="D195" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E195" s="16">
+        <v>0.80200000000000005</v>
+      </c>
+      <c r="F195" s="20" t="s">
+        <v>431</v>
+      </c>
+      <c r="G195" s="20"/>
+      <c r="H195" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I195" s="22" t="s">
+        <v>677</v>
+      </c>
+      <c r="J195" s="19"/>
+    </row>
+    <row r="196" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A196" s="6" t="s">
+        <v>678</v>
+      </c>
+      <c r="B196" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C196" s="8" t="s">
+        <v>679</v>
+      </c>
+      <c r="D196" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E196" s="16">
+        <v>1.002</v>
+      </c>
+      <c r="F196" s="32">
+        <v>3760</v>
+      </c>
+      <c r="G196" s="20"/>
+      <c r="H196" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I196" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J196" s="19"/>
+    </row>
+    <row r="197" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A197" s="6" t="s">
+        <v>680</v>
+      </c>
+      <c r="B197" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C197" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D197" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E197" s="10">
+        <v>1.3280000000000001</v>
+      </c>
+      <c r="F197" s="20" t="s">
+        <v>681</v>
+      </c>
+      <c r="G197" s="20"/>
+      <c r="H197" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I197" s="23" t="s">
+        <v>682</v>
+      </c>
+      <c r="J197" s="19"/>
+    </row>
+    <row r="198" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A198" s="11" t="s">
+        <v>683</v>
+      </c>
+      <c r="B198" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C198" s="13" t="s">
+        <v>684</v>
+      </c>
+      <c r="D198" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E198" s="15">
+        <v>1.2569999999999999</v>
+      </c>
+      <c r="F198" s="34" t="s">
+        <v>685</v>
+      </c>
+      <c r="G198" s="33" t="s">
+        <v>117</v>
+      </c>
+      <c r="H198" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I198" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J198" s="19"/>
+    </row>
+    <row r="199" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A199" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="B199" s="7" t="s">
+        <v>687</v>
+      </c>
+      <c r="C199" s="8" t="s">
+        <v>688</v>
+      </c>
+      <c r="D199" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E199" s="10">
+        <v>1.6120000000000001</v>
+      </c>
+      <c r="F199" s="20" t="s">
+        <v>689</v>
+      </c>
+      <c r="G199" s="20"/>
+      <c r="H199" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I199" s="22" t="s">
+        <v>690</v>
+      </c>
+      <c r="J199" s="19"/>
+    </row>
+    <row r="200" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A200" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="B200" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C200" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D200" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E200" s="10">
+        <v>1.93</v>
+      </c>
+      <c r="F200" s="34" t="s">
+        <v>692</v>
+      </c>
+      <c r="G200" s="33" t="s">
+        <v>321</v>
+      </c>
+      <c r="H200" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I200" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J200" s="19"/>
+    </row>
+    <row r="201" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A201" s="11" t="s">
+        <v>693</v>
+      </c>
+      <c r="B201" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C201" s="13" t="s">
+        <v>694</v>
+      </c>
+      <c r="D201" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E201" s="15">
+        <v>1.2350000000000001</v>
+      </c>
+      <c r="F201" s="36" t="s">
+        <v>695</v>
+      </c>
+      <c r="G201" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="H201" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I201" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J201" s="19"/>
+    </row>
+    <row r="202" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A202" s="11" t="s">
+        <v>696</v>
+      </c>
+      <c r="B202" s="12" t="s">
+        <v>377</v>
+      </c>
+      <c r="C202" s="13" t="s">
+        <v>697</v>
+      </c>
+      <c r="D202" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E202" s="15">
+        <v>3.7389999999999999</v>
+      </c>
+      <c r="F202" s="20" t="s">
+        <v>698</v>
+      </c>
+      <c r="G202" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H202" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I202" s="22" t="s">
+        <v>699</v>
+      </c>
+      <c r="J202" s="19"/>
+    </row>
+    <row r="203" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A203" s="11" t="s">
+        <v>700</v>
+      </c>
+      <c r="B203" s="12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C203" s="13" t="s">
+        <v>701</v>
+      </c>
+      <c r="D203" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E203" s="15">
+        <v>1.0189999999999999</v>
+      </c>
+      <c r="F203" s="20" t="s">
+        <v>108</v>
+      </c>
+      <c r="G203" s="20"/>
+      <c r="H203" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I203" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J203" s="19"/>
+    </row>
+    <row r="204" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A204" s="6" t="s">
+        <v>702</v>
+      </c>
+      <c r="B204" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="C204" s="8" t="s">
+        <v>703</v>
+      </c>
+      <c r="D204" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E204" s="10">
+        <v>1.169</v>
+      </c>
+      <c r="F204" s="20" t="s">
+        <v>108</v>
+      </c>
+      <c r="G204" s="20"/>
+      <c r="H204" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I204" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J204" s="19"/>
+    </row>
+    <row r="205" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A205" s="6" t="s">
+        <v>704</v>
+      </c>
+      <c r="B205" s="7" t="s">
+        <v>228</v>
+      </c>
+      <c r="C205" s="8" t="s">
+        <v>705</v>
+      </c>
+      <c r="D205" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E205" s="10">
+        <v>1.391</v>
+      </c>
+      <c r="F205" s="20" t="s">
+        <v>706</v>
+      </c>
+      <c r="G205" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H205" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I205" s="22" t="s">
+        <v>707</v>
+      </c>
+      <c r="J205" s="19"/>
+    </row>
+    <row r="206" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A206" s="11" t="s">
+        <v>708</v>
+      </c>
+      <c r="B206" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C206" s="13" t="s">
+        <v>709</v>
+      </c>
+      <c r="D206" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E206" s="15">
+        <v>1.1839999999999999</v>
+      </c>
+      <c r="F206" s="32">
+        <v>3290</v>
+      </c>
+      <c r="G206" s="20"/>
+      <c r="H206" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I206" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J206" s="19"/>
+    </row>
+    <row r="207" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A207" s="6" t="s">
+        <v>710</v>
+      </c>
+      <c r="B207" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C207" s="8" t="s">
+        <v>711</v>
+      </c>
+      <c r="D207" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E207" s="10">
+        <v>1.6539999999999999</v>
+      </c>
+      <c r="F207" s="32">
+        <v>4360</v>
+      </c>
+      <c r="G207" s="20"/>
+      <c r="H207" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I207" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J207" s="19"/>
+    </row>
+    <row r="208" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A208" s="11" t="s">
+        <v>712</v>
+      </c>
+      <c r="B208" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C208" s="13" t="s">
+        <v>713</v>
+      </c>
+      <c r="D208" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E208" s="15">
+        <v>1.113</v>
+      </c>
+      <c r="F208" s="32">
+        <v>3470</v>
+      </c>
+      <c r="G208" s="20"/>
+      <c r="H208" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I208" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J208" s="19"/>
+    </row>
+    <row r="209" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A209" s="11" t="s">
+        <v>714</v>
+      </c>
+      <c r="B209" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C209" s="13" t="s">
+        <v>715</v>
+      </c>
+      <c r="D209" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E209" s="15">
+        <v>3.806</v>
+      </c>
+      <c r="F209" s="34" t="s">
+        <v>716</v>
+      </c>
+      <c r="G209" s="33" t="s">
+        <v>361</v>
+      </c>
+      <c r="H209" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I209" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J209" s="19"/>
+    </row>
+    <row r="210" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A210" s="6" t="s">
+        <v>717</v>
+      </c>
+      <c r="B210" s="7" t="s">
+        <v>687</v>
+      </c>
+      <c r="C210" s="8" t="s">
+        <v>718</v>
+      </c>
+      <c r="D210" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E210" s="10">
+        <v>2.0779999999999998</v>
+      </c>
+      <c r="F210" s="20" t="s">
+        <v>719</v>
+      </c>
+      <c r="G210" s="20" t="s">
+        <v>720</v>
+      </c>
+      <c r="H210" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I210" s="22" t="s">
+        <v>721</v>
+      </c>
+      <c r="J210" s="19"/>
+    </row>
+    <row r="211" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A211" s="11" t="s">
+        <v>722</v>
+      </c>
+      <c r="B211" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C211" s="13" t="s">
+        <v>723</v>
+      </c>
+      <c r="D211" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E211" s="17">
+        <v>1.079</v>
+      </c>
+      <c r="F211" s="20" t="s">
+        <v>724</v>
+      </c>
+      <c r="G211" s="20"/>
+      <c r="H211" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I211" s="22" t="s">
+        <v>725</v>
+      </c>
+      <c r="J211" s="19"/>
+    </row>
+    <row r="212" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A212" s="6" t="s">
+        <v>726</v>
+      </c>
+      <c r="B212" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C212" s="8" t="s">
+        <v>727</v>
+      </c>
+      <c r="D212" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E212" s="16">
+        <v>1.4219999999999999</v>
+      </c>
+      <c r="F212" s="20" t="s">
+        <v>728</v>
+      </c>
+      <c r="G212" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H212" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I212" s="22" t="s">
+        <v>729</v>
+      </c>
+      <c r="J212" s="19"/>
+    </row>
+    <row r="213" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A213" s="6" t="s">
+        <v>726</v>
+      </c>
+      <c r="B213" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C213" s="8" t="s">
+        <v>727</v>
+      </c>
+      <c r="D213" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E213" s="10">
+        <v>1.4219999999999999</v>
+      </c>
+      <c r="F213" s="20" t="s">
+        <v>728</v>
+      </c>
+      <c r="G213" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H213" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I213" s="22" t="s">
+        <v>729</v>
+      </c>
+      <c r="J213" s="19"/>
+    </row>
+    <row r="214" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A214" s="11" t="s">
+        <v>730</v>
+      </c>
+      <c r="B214" s="12" t="s">
+        <v>167</v>
+      </c>
+      <c r="C214" s="13" t="s">
+        <v>731</v>
+      </c>
+      <c r="D214" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E214" s="17">
+        <v>0.61599999999999999</v>
+      </c>
+      <c r="F214" s="20" t="s">
+        <v>732</v>
+      </c>
+      <c r="G214" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H214" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I214" s="22" t="s">
+        <v>733</v>
+      </c>
+      <c r="J214" s="19"/>
+    </row>
+    <row r="215" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A215" s="11" t="s">
+        <v>734</v>
+      </c>
+      <c r="B215" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C215" s="13" t="s">
+        <v>735</v>
+      </c>
+      <c r="D215" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E215" s="17">
+        <v>1.901</v>
+      </c>
+      <c r="F215" s="32">
+        <v>4360</v>
+      </c>
+      <c r="G215" s="20"/>
+      <c r="H215" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I215" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J215" s="19"/>
+    </row>
+    <row r="216" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A216" s="6" t="s">
+        <v>736</v>
+      </c>
+      <c r="B216" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C216" s="8" t="s">
+        <v>737</v>
+      </c>
+      <c r="D216" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E216" s="16">
+        <v>0.78400000000000003</v>
+      </c>
+      <c r="F216" s="34" t="s">
+        <v>738</v>
+      </c>
+      <c r="G216" s="33" t="s">
+        <v>321</v>
+      </c>
+      <c r="H216" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I216" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J216" s="19"/>
+    </row>
+    <row r="217" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A217" s="11" t="s">
+        <v>739</v>
+      </c>
+      <c r="B217" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C217" s="13" t="s">
+        <v>740</v>
+      </c>
+      <c r="D217" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E217" s="17">
+        <v>0.65900000000000003</v>
+      </c>
+      <c r="F217" s="32">
+        <v>3990</v>
+      </c>
+      <c r="G217" s="20"/>
+      <c r="H217" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I217" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J217" s="19"/>
+    </row>
+    <row r="218" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A218" s="11" t="s">
+        <v>741</v>
+      </c>
+      <c r="B218" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C218" s="13" t="s">
+        <v>742</v>
+      </c>
+      <c r="D218" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E218" s="17">
+        <v>0.875</v>
+      </c>
+      <c r="F218" s="20" t="s">
+        <v>743</v>
+      </c>
+      <c r="G218" s="20"/>
+      <c r="H218" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I218" s="22" t="s">
+        <v>744</v>
+      </c>
+      <c r="J218" s="19"/>
+    </row>
+    <row r="219" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A219" s="11" t="s">
+        <v>745</v>
+      </c>
+      <c r="B219" s="12" t="s">
+        <v>211</v>
+      </c>
+      <c r="C219" s="13" t="s">
+        <v>746</v>
+      </c>
+      <c r="D219" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E219" s="17">
+        <v>1.0660000000000001</v>
+      </c>
+      <c r="F219" s="20" t="s">
+        <v>747</v>
+      </c>
+      <c r="G219" s="20" t="s">
+        <v>748</v>
+      </c>
+      <c r="H219" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I219" s="22" t="s">
+        <v>749</v>
+      </c>
+      <c r="J219" s="19"/>
+    </row>
+    <row r="220" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A220" s="6" t="s">
+        <v>750</v>
+      </c>
+      <c r="B220" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C220" s="8" t="s">
+        <v>751</v>
+      </c>
+      <c r="D220" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E220" s="16">
+        <v>0.72099999999999997</v>
+      </c>
+      <c r="F220" s="20" t="s">
+        <v>752</v>
+      </c>
+      <c r="G220" s="20"/>
+      <c r="H220" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I220" s="22" t="s">
+        <v>753</v>
+      </c>
+      <c r="J220" s="19"/>
+    </row>
+    <row r="221" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A221" s="11" t="s">
+        <v>754</v>
+      </c>
+      <c r="B221" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C221" s="13" t="s">
+        <v>755</v>
+      </c>
+      <c r="D221" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E221" s="17">
+        <v>0.69399999999999995</v>
+      </c>
+      <c r="F221" s="34" t="s">
+        <v>756</v>
+      </c>
+      <c r="G221" s="33" t="s">
+        <v>117</v>
+      </c>
+      <c r="H221" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I221" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J221" s="19"/>
+    </row>
+    <row r="222" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A222" s="11" t="s">
+        <v>757</v>
+      </c>
+      <c r="B222" s="12" t="s">
+        <v>687</v>
+      </c>
+      <c r="C222" s="13" t="s">
+        <v>758</v>
+      </c>
+      <c r="D222" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E222" s="15">
+        <v>1.7829999999999999</v>
+      </c>
+      <c r="F222" s="20" t="s">
+        <v>759</v>
+      </c>
+      <c r="G222" s="20"/>
+      <c r="H222" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I222" s="22" t="s">
+        <v>760</v>
+      </c>
+      <c r="J222" s="19"/>
+    </row>
+    <row r="223" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A223" s="11" t="s">
+        <v>761</v>
+      </c>
+      <c r="B223" s="12" t="s">
+        <v>762</v>
+      </c>
+      <c r="C223" s="13" t="s">
+        <v>763</v>
+      </c>
+      <c r="D223" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E223" s="15">
+        <v>1.347</v>
+      </c>
+      <c r="F223" s="20" t="s">
+        <v>764</v>
+      </c>
+      <c r="G223" s="20" t="s">
+        <v>765</v>
+      </c>
+      <c r="H223" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I223" s="22" t="s">
+        <v>766</v>
+      </c>
+      <c r="J223" s="19"/>
+    </row>
+    <row r="224" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A224" s="6" t="s">
+        <v>767</v>
+      </c>
+      <c r="B224" s="7" t="s">
+        <v>762</v>
+      </c>
+      <c r="C224" s="8" t="s">
+        <v>768</v>
+      </c>
+      <c r="D224" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E224" s="10">
+        <v>1.258</v>
+      </c>
+      <c r="F224" s="20" t="s">
+        <v>764</v>
+      </c>
+      <c r="G224" s="20" t="s">
+        <v>765</v>
+      </c>
+      <c r="H224" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I224" s="22" t="s">
+        <v>769</v>
+      </c>
+      <c r="J224" s="19"/>
+    </row>
+    <row r="225" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A225" s="6" t="s">
+        <v>770</v>
+      </c>
+      <c r="B225" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C225" s="8" t="s">
+        <v>771</v>
+      </c>
+      <c r="D225" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E225" s="10">
+        <v>3.9039999999999999</v>
+      </c>
+      <c r="F225" s="32">
+        <v>3310</v>
+      </c>
+      <c r="G225" s="20"/>
+      <c r="H225" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I225" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J225" s="19"/>
+    </row>
+    <row r="226" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A226" s="6" t="s">
+        <v>772</v>
+      </c>
+      <c r="B226" s="7" t="s">
+        <v>762</v>
+      </c>
+      <c r="C226" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D226" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E226" s="16">
+        <v>0.94799999999999995</v>
+      </c>
+      <c r="F226" s="20" t="s">
+        <v>773</v>
+      </c>
+      <c r="G226" s="20" t="s">
+        <v>765</v>
+      </c>
+      <c r="H226" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I226" s="22" t="s">
+        <v>774</v>
+      </c>
+      <c r="J226" s="19"/>
+    </row>
+    <row r="227" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A227" s="6" t="s">
+        <v>775</v>
+      </c>
+      <c r="B227" s="7" t="s">
+        <v>762</v>
+      </c>
+      <c r="C227" s="8" t="s">
+        <v>776</v>
+      </c>
+      <c r="D227" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E227" s="10">
+        <v>1.014</v>
+      </c>
+      <c r="F227" s="20" t="s">
+        <v>764</v>
+      </c>
+      <c r="G227" s="20" t="s">
+        <v>765</v>
+      </c>
+      <c r="H227" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I227" s="22" t="s">
+        <v>777</v>
+      </c>
+      <c r="J227" s="19"/>
+    </row>
+    <row r="228" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A228" s="6" t="s">
+        <v>778</v>
+      </c>
+      <c r="B228" s="7" t="s">
+        <v>762</v>
+      </c>
+      <c r="C228" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D228" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E228" s="10">
+        <v>1.071</v>
+      </c>
+      <c r="F228" s="20" t="s">
+        <v>764</v>
+      </c>
+      <c r="G228" s="20" t="s">
+        <v>765</v>
+      </c>
+      <c r="H228" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I228" s="22" t="s">
+        <v>779</v>
+      </c>
+      <c r="J228" s="19"/>
+    </row>
+    <row r="229" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A229" s="6" t="s">
+        <v>780</v>
+      </c>
+      <c r="B229" s="7" t="s">
+        <v>762</v>
+      </c>
+      <c r="C229" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D229" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E229" s="10">
+        <v>1.1160000000000001</v>
+      </c>
+      <c r="F229" s="24" t="s">
+        <v>764</v>
+      </c>
+      <c r="G229" s="20" t="s">
+        <v>765</v>
+      </c>
+      <c r="H229" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I229" s="22" t="s">
+        <v>781</v>
+      </c>
+      <c r="J229" s="19"/>
+    </row>
+    <row r="230" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A230" s="11" t="s">
+        <v>782</v>
+      </c>
+      <c r="B230" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C230" s="13" t="s">
+        <v>783</v>
+      </c>
+      <c r="D230" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E230" s="15">
+        <v>1.8160000000000001</v>
+      </c>
+      <c r="F230" s="36" t="s">
+        <v>784</v>
+      </c>
+      <c r="G230" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="H230" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I230" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J230" s="19"/>
+    </row>
+    <row r="231" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A231" s="11" t="s">
+        <v>785</v>
+      </c>
+      <c r="B231" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C231" s="13" t="s">
+        <v>786</v>
+      </c>
+      <c r="D231" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E231" s="15">
+        <v>1.2350000000000001</v>
+      </c>
+      <c r="F231" s="20" t="s">
+        <v>787</v>
+      </c>
+      <c r="G231" s="20"/>
+      <c r="H231" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I231" s="22" t="s">
+        <v>788</v>
+      </c>
+      <c r="J231" s="19"/>
+    </row>
+    <row r="232" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A232" s="11" t="s">
+        <v>789</v>
+      </c>
+      <c r="B232" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C232" s="13" t="s">
+        <v>790</v>
+      </c>
+      <c r="D232" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E232" s="15">
+        <v>5.3029999999999999</v>
+      </c>
+      <c r="F232" s="20">
+        <v>0</v>
+      </c>
+      <c r="G232" s="20"/>
+      <c r="H232" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I232" s="22" t="s">
+        <v>791</v>
+      </c>
+      <c r="J232" s="19"/>
+    </row>
+    <row r="233" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A233" s="6" t="s">
+        <v>792</v>
+      </c>
+      <c r="B233" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="C233" s="8" t="s">
+        <v>793</v>
+      </c>
+      <c r="D233" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E233" s="10">
+        <v>1.518</v>
+      </c>
+      <c r="F233" s="20">
+        <v>0</v>
+      </c>
+      <c r="G233" s="20"/>
+      <c r="H233" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I233" s="22" t="s">
+        <v>794</v>
+      </c>
+      <c r="J233" s="19"/>
+    </row>
+    <row r="234" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A234" s="11" t="s">
+        <v>795</v>
+      </c>
+      <c r="B234" s="12" t="s">
+        <v>479</v>
+      </c>
+      <c r="C234" s="13" t="s">
+        <v>796</v>
+      </c>
+      <c r="D234" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E234" s="15">
+        <v>4.9379999999999997</v>
+      </c>
+      <c r="F234" s="20" t="s">
+        <v>797</v>
+      </c>
+      <c r="G234" s="20" t="s">
+        <v>798</v>
+      </c>
+      <c r="H234" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I234" s="22" t="s">
+        <v>799</v>
+      </c>
+      <c r="J234" s="19"/>
+    </row>
+    <row r="235" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A235" s="11" t="s">
+        <v>800</v>
+      </c>
+      <c r="B235" s="12" t="s">
+        <v>211</v>
+      </c>
+      <c r="C235" s="13" t="s">
+        <v>801</v>
+      </c>
+      <c r="D235" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E235" s="15">
+        <v>1.931</v>
+      </c>
+      <c r="F235" s="20" t="s">
+        <v>102</v>
+      </c>
+      <c r="G235" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H235" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I235" s="22" t="s">
+        <v>802</v>
+      </c>
+      <c r="J235" s="19"/>
+    </row>
+    <row r="236" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A236" s="6" t="s">
+        <v>803</v>
+      </c>
+      <c r="B236" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="C236" s="8" t="s">
+        <v>804</v>
+      </c>
+      <c r="D236" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E236" s="10">
+        <v>1.3340000000000001</v>
+      </c>
+      <c r="F236" s="20">
+        <v>0</v>
+      </c>
+      <c r="G236" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H236" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I236" s="22" t="s">
+        <v>805</v>
+      </c>
+      <c r="J236" s="19"/>
+    </row>
+    <row r="237" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A237" s="11" t="s">
+        <v>806</v>
+      </c>
+      <c r="B237" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C237" s="13" t="s">
+        <v>807</v>
+      </c>
+      <c r="D237" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E237" s="15">
+        <v>1.0640000000000001</v>
+      </c>
+      <c r="F237" s="20" t="s">
+        <v>351</v>
+      </c>
+      <c r="G237" s="20"/>
+      <c r="H237" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I237" s="22" t="s">
+        <v>808</v>
+      </c>
+      <c r="J237" s="19"/>
+    </row>
+    <row r="238" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A238" s="11" t="s">
+        <v>809</v>
+      </c>
+      <c r="B238" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C238" s="13" t="s">
+        <v>810</v>
+      </c>
+      <c r="D238" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E238" s="15">
+        <v>1.1719999999999999</v>
+      </c>
+      <c r="F238" s="32">
+        <v>4040</v>
+      </c>
+      <c r="G238" s="20"/>
+      <c r="H238" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I238" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J238" s="19"/>
+    </row>
+    <row r="239" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A239" s="6" t="s">
+        <v>811</v>
+      </c>
+      <c r="B239" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C239" s="8" t="s">
+        <v>812</v>
+      </c>
+      <c r="D239" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E239" s="10">
+        <v>1.296</v>
+      </c>
+      <c r="F239" s="32">
+        <v>3650</v>
+      </c>
+      <c r="G239" s="20"/>
+      <c r="H239" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I239" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J239" s="19"/>
+    </row>
+    <row r="240" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A240" s="11" t="s">
+        <v>813</v>
+      </c>
+      <c r="B240" s="12" t="s">
+        <v>465</v>
+      </c>
+      <c r="C240" s="13" t="s">
+        <v>814</v>
+      </c>
+      <c r="D240" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E240" s="15">
+        <v>1.8959999999999999</v>
+      </c>
+      <c r="F240" s="34" t="s">
+        <v>815</v>
+      </c>
+      <c r="G240" s="33" t="s">
+        <v>361</v>
+      </c>
+      <c r="H240" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I240" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J240" s="19"/>
+    </row>
+    <row r="241" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A241" s="11" t="s">
+        <v>816</v>
+      </c>
+      <c r="B241" s="12" t="s">
+        <v>687</v>
+      </c>
+      <c r="C241" s="13" t="s">
+        <v>817</v>
+      </c>
+      <c r="D241" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E241" s="15">
+        <v>3.1960000000000002</v>
+      </c>
+      <c r="F241" s="20" t="s">
+        <v>818</v>
+      </c>
+      <c r="G241" s="20"/>
+      <c r="H241" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I241" s="22" t="s">
+        <v>819</v>
+      </c>
+      <c r="J241" s="19"/>
+    </row>
+    <row r="242" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A242" s="6" t="s">
+        <v>820</v>
+      </c>
+      <c r="B242" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C242" s="8" t="s">
+        <v>821</v>
+      </c>
+      <c r="D242" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E242" s="10">
+        <v>7.8419999999999996</v>
+      </c>
+      <c r="F242" s="20" t="s">
+        <v>822</v>
+      </c>
+      <c r="G242" s="20"/>
+      <c r="H242" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I242" s="23" t="s">
+        <v>823</v>
+      </c>
+      <c r="J242" s="19"/>
+    </row>
+    <row r="243" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A243" s="11" t="s">
+        <v>824</v>
+      </c>
+      <c r="B243" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C243" s="13" t="s">
+        <v>825</v>
+      </c>
+      <c r="D243" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E243" s="15">
+        <v>1.1970000000000001</v>
+      </c>
+      <c r="F243" s="34" t="s">
+        <v>826</v>
+      </c>
+      <c r="G243" s="33" t="s">
+        <v>333</v>
+      </c>
+      <c r="H243" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I243" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J243" s="19"/>
+    </row>
+    <row r="244" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A244" s="6" t="s">
+        <v>827</v>
+      </c>
+      <c r="B244" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C244" s="8" t="s">
+        <v>828</v>
+      </c>
+      <c r="D244" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E244" s="10">
+        <v>5.5960000000000001</v>
+      </c>
+      <c r="F244" s="20" t="s">
+        <v>829</v>
+      </c>
+      <c r="G244" s="20"/>
+      <c r="H244" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I244" s="23" t="s">
+        <v>830</v>
+      </c>
+      <c r="J244" s="19"/>
+    </row>
+    <row r="245" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A245" s="6" t="s">
+        <v>831</v>
+      </c>
+      <c r="B245" s="7" t="s">
+        <v>479</v>
+      </c>
+      <c r="C245" s="8" t="s">
+        <v>832</v>
+      </c>
+      <c r="D245" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E245" s="10">
+        <v>3.9889999999999999</v>
+      </c>
+      <c r="F245" s="20" t="s">
+        <v>797</v>
+      </c>
+      <c r="G245" s="20" t="s">
+        <v>798</v>
+      </c>
+      <c r="H245" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I245" s="23" t="s">
+        <v>833</v>
+      </c>
+      <c r="J245" s="19"/>
+    </row>
+    <row r="246" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A246" s="6" t="s">
+        <v>834</v>
+      </c>
+      <c r="B246" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C246" s="8" t="s">
+        <v>835</v>
+      </c>
+      <c r="D246" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E246" s="10">
+        <v>2.911</v>
+      </c>
+      <c r="F246" s="34" t="s">
+        <v>836</v>
+      </c>
+      <c r="G246" s="33" t="s">
+        <v>837</v>
+      </c>
+      <c r="H246" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I246" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J246" s="19"/>
+    </row>
+    <row r="247" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A247" s="11" t="s">
+        <v>838</v>
+      </c>
+      <c r="B247" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C247" s="13" t="s">
+        <v>839</v>
+      </c>
+      <c r="D247" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E247" s="15">
+        <v>1.31</v>
+      </c>
+      <c r="F247" s="32">
+        <v>4030</v>
+      </c>
+      <c r="G247" s="20"/>
+      <c r="H247" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I247" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J247" s="19"/>
+    </row>
+    <row r="248" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A248" s="11" t="s">
+        <v>840</v>
+      </c>
+      <c r="B248" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C248" s="13" t="s">
+        <v>841</v>
+      </c>
+      <c r="D248" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E248" s="17">
+        <v>1.4319999999999999</v>
+      </c>
+      <c r="F248" s="20" t="s">
+        <v>842</v>
+      </c>
+      <c r="G248" s="20" t="s">
+        <v>617</v>
+      </c>
+      <c r="H248" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I248" s="22" t="s">
+        <v>843</v>
+      </c>
+      <c r="J248" s="19"/>
+    </row>
+    <row r="249" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A249" s="6" t="s">
+        <v>844</v>
+      </c>
+      <c r="B249" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C249" s="8" t="s">
+        <v>845</v>
+      </c>
+      <c r="D249" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E249" s="16">
+        <v>0.753</v>
+      </c>
+      <c r="F249" s="20" t="s">
+        <v>846</v>
+      </c>
+      <c r="G249" s="20"/>
+      <c r="H249" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I249" s="22" t="s">
+        <v>847</v>
+      </c>
+      <c r="J249" s="19"/>
+    </row>
+    <row r="250" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A250" s="6" t="s">
+        <v>848</v>
+      </c>
+      <c r="B250" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C250" s="8" t="s">
+        <v>849</v>
+      </c>
+      <c r="D250" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E250" s="10">
+        <v>4.1130000000000004</v>
+      </c>
+      <c r="F250" s="32">
+        <v>4000</v>
+      </c>
+      <c r="G250" s="20"/>
+      <c r="H250" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I250" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J250" s="19"/>
+    </row>
+    <row r="251" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A251" s="6" t="s">
+        <v>850</v>
+      </c>
+      <c r="B251" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C251" s="8" t="s">
+        <v>851</v>
+      </c>
+      <c r="D251" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E251" s="16">
+        <v>1.08</v>
+      </c>
+      <c r="F251" s="20"/>
+      <c r="G251" s="20"/>
+      <c r="H251" s="21"/>
+      <c r="I251" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J251" s="19"/>
+    </row>
+    <row r="252" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A252" s="11" t="s">
+        <v>852</v>
+      </c>
+      <c r="B252" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C252" s="13" t="s">
+        <v>853</v>
+      </c>
+      <c r="D252" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E252" s="15">
+        <v>2.4089999999999998</v>
+      </c>
+      <c r="F252" s="32">
+        <v>4360</v>
+      </c>
+      <c r="G252" s="20"/>
+      <c r="H252" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I252" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J252" s="19"/>
+    </row>
+    <row r="253" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A253" s="6" t="s">
+        <v>854</v>
+      </c>
+      <c r="B253" s="7" t="s">
+        <v>465</v>
+      </c>
+      <c r="C253" s="8" t="s">
+        <v>855</v>
+      </c>
+      <c r="D253" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E253" s="10">
+        <v>1.1399999999999999</v>
+      </c>
+      <c r="F253" s="34" t="s">
+        <v>856</v>
+      </c>
+      <c r="G253" s="33" t="s">
+        <v>333</v>
+      </c>
+      <c r="H253" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I253" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J253" s="19"/>
+    </row>
+    <row r="254" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A254" s="6" t="s">
+        <v>857</v>
+      </c>
+      <c r="B254" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C254" s="8" t="s">
+        <v>858</v>
+      </c>
+      <c r="D254" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E254" s="10">
+        <v>3.1970000000000001</v>
+      </c>
+      <c r="F254" s="20" t="s">
+        <v>235</v>
+      </c>
+      <c r="G254" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H254" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I254" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J254" s="19"/>
+    </row>
+    <row r="255" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A255" s="11" t="s">
+        <v>859</v>
+      </c>
+      <c r="B255" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C255" s="13" t="s">
+        <v>860</v>
+      </c>
+      <c r="D255" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E255" s="15">
+        <v>0.99399999999999999</v>
+      </c>
+      <c r="F255" s="20" t="s">
+        <v>398</v>
+      </c>
+      <c r="G255" s="20"/>
+      <c r="H255" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I255" s="23" t="s">
+        <v>861</v>
+      </c>
+      <c r="J255" s="19"/>
+    </row>
+    <row r="256" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A256" s="6" t="s">
+        <v>862</v>
+      </c>
+      <c r="B256" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C256" s="8" t="s">
+        <v>863</v>
+      </c>
+      <c r="D256" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E256" s="10">
+        <v>1.1839999999999999</v>
+      </c>
+      <c r="F256" s="20" t="s">
+        <v>573</v>
+      </c>
+      <c r="G256" s="20"/>
+      <c r="H256" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I256" s="22" t="s">
+        <v>864</v>
+      </c>
+      <c r="J256" s="19"/>
+    </row>
+    <row r="257" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A257" s="6" t="s">
+        <v>865</v>
+      </c>
+      <c r="B257" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C257" s="8" t="s">
+        <v>866</v>
+      </c>
+      <c r="D257" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E257" s="10">
+        <v>1.085</v>
+      </c>
+      <c r="F257" s="32">
+        <v>3650</v>
+      </c>
+      <c r="G257" s="20"/>
+      <c r="H257" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I257" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J257" s="19"/>
+    </row>
+    <row r="258" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A258" s="6" t="s">
+        <v>867</v>
+      </c>
+      <c r="B258" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="C258" s="8" t="s">
+        <v>868</v>
+      </c>
+      <c r="D258" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E258" s="10">
+        <v>1.0740000000000001</v>
+      </c>
+      <c r="F258" s="20">
+        <v>0</v>
+      </c>
+      <c r="G258" s="20"/>
+      <c r="H258" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I258" s="22" t="s">
+        <v>869</v>
+      </c>
+      <c r="J258" s="19"/>
+    </row>
+    <row r="259" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A259" s="11" t="s">
+        <v>870</v>
+      </c>
+      <c r="B259" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C259" s="13" t="s">
+        <v>871</v>
+      </c>
+      <c r="D259" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E259" s="15">
+        <v>1.5489999999999999</v>
+      </c>
+      <c r="F259" s="32">
+        <v>4220</v>
+      </c>
+      <c r="G259" s="20"/>
+      <c r="H259" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I259" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J259" s="19"/>
+    </row>
+    <row r="260" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A260" s="11" t="s">
+        <v>872</v>
+      </c>
+      <c r="B260" s="12" t="s">
+        <v>211</v>
+      </c>
+      <c r="C260" s="13" t="s">
+        <v>873</v>
+      </c>
+      <c r="D260" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E260" s="17">
+        <v>0.88700000000000001</v>
+      </c>
+      <c r="F260" s="20" t="s">
+        <v>874</v>
+      </c>
+      <c r="G260" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H260" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I260" s="22" t="s">
+        <v>875</v>
+      </c>
+      <c r="J260" s="19"/>
+    </row>
+    <row r="261" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A261" s="6" t="s">
+        <v>876</v>
+      </c>
+      <c r="B261" s="7" t="s">
+        <v>465</v>
+      </c>
+      <c r="C261" s="8" t="s">
+        <v>877</v>
+      </c>
+      <c r="D261" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E261" s="16">
+        <v>1.681</v>
+      </c>
+      <c r="F261" s="34" t="s">
+        <v>878</v>
+      </c>
+      <c r="G261" s="33" t="s">
+        <v>837</v>
+      </c>
+      <c r="H261" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I261" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J261" s="19"/>
+    </row>
+    <row r="262" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A262" s="6" t="s">
+        <v>876</v>
+      </c>
+      <c r="B262" s="7" t="s">
+        <v>465</v>
+      </c>
+      <c r="C262" s="8" t="s">
+        <v>877</v>
+      </c>
+      <c r="D262" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E262" s="10">
+        <v>1.681</v>
+      </c>
+      <c r="F262" s="34" t="s">
+        <v>878</v>
+      </c>
+      <c r="G262" s="33" t="s">
+        <v>837</v>
+      </c>
+      <c r="H262" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I262" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J262" s="19"/>
+    </row>
+    <row r="263" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A263" s="11" t="s">
+        <v>879</v>
+      </c>
+      <c r="B263" s="12" t="s">
+        <v>880</v>
+      </c>
+      <c r="C263" s="13" t="s">
+        <v>881</v>
+      </c>
+      <c r="D263" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E263" s="15">
+        <v>1.085</v>
+      </c>
+      <c r="F263" s="20" t="s">
+        <v>882</v>
+      </c>
+      <c r="G263" s="20"/>
+      <c r="H263" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I263" s="22" t="s">
+        <v>883</v>
+      </c>
+      <c r="J263" s="19"/>
+    </row>
+    <row r="264" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A264" s="6" t="s">
+        <v>884</v>
+      </c>
+      <c r="B264" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="C264" s="8" t="s">
+        <v>885</v>
+      </c>
+      <c r="D264" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E264" s="10">
+        <v>1.3320000000000001</v>
+      </c>
+      <c r="F264" s="20" t="s">
+        <v>509</v>
+      </c>
+      <c r="G264" s="20"/>
+      <c r="H264" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I264" s="22" t="s">
+        <v>886</v>
+      </c>
+      <c r="J264" s="19"/>
+    </row>
+    <row r="265" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A265" s="11" t="s">
+        <v>887</v>
+      </c>
+      <c r="B265" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C265" s="13" t="s">
+        <v>888</v>
+      </c>
+      <c r="D265" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E265" s="15">
+        <v>1.76</v>
+      </c>
+      <c r="F265" s="20">
+        <v>0</v>
+      </c>
+      <c r="G265" s="20"/>
+      <c r="H265" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I265" s="22" t="s">
+        <v>889</v>
+      </c>
+      <c r="J265" s="19"/>
+    </row>
+    <row r="266" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A266" s="11" t="s">
+        <v>890</v>
+      </c>
+      <c r="B266" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C266" s="13" t="s">
+        <v>891</v>
+      </c>
+      <c r="D266" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E266" s="15">
+        <v>1.284</v>
+      </c>
+      <c r="F266" s="20" t="s">
+        <v>164</v>
+      </c>
+      <c r="G266" s="20"/>
+      <c r="H266" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I266" s="23" t="s">
+        <v>892</v>
+      </c>
+      <c r="J266" s="19"/>
+    </row>
+    <row r="267" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A267" s="6" t="s">
+        <v>893</v>
+      </c>
+      <c r="B267" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C267" s="8" t="s">
+        <v>894</v>
+      </c>
+      <c r="D267" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E267" s="10">
+        <v>1.4810000000000001</v>
+      </c>
+      <c r="F267" s="34" t="s">
+        <v>895</v>
+      </c>
+      <c r="G267" s="33" t="s">
+        <v>333</v>
+      </c>
+      <c r="H267" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I267" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J267" s="19"/>
+    </row>
+    <row r="268" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A268" s="6" t="s">
+        <v>896</v>
+      </c>
+      <c r="B268" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C268" s="8" t="s">
+        <v>897</v>
+      </c>
+      <c r="D268" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E268" s="10">
+        <v>1.7669999999999999</v>
+      </c>
+      <c r="F268" s="36" t="s">
+        <v>898</v>
+      </c>
+      <c r="G268" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="H268" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I268" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J268" s="19"/>
+    </row>
+    <row r="269" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A269" s="6" t="s">
+        <v>899</v>
+      </c>
+      <c r="B269" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C269" s="8" t="s">
+        <v>900</v>
+      </c>
+      <c r="D269" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E269" s="10">
+        <v>1.9279999999999999</v>
+      </c>
+      <c r="F269" s="34" t="s">
+        <v>901</v>
+      </c>
+      <c r="G269" s="33" t="s">
+        <v>333</v>
+      </c>
+      <c r="H269" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I269" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J269" s="19"/>
+    </row>
+    <row r="270" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A270" s="11" t="s">
+        <v>902</v>
+      </c>
+      <c r="B270" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C270" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D270" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E270" s="15">
+        <v>3.0219999999999998</v>
+      </c>
+      <c r="F270" s="34" t="s">
+        <v>903</v>
+      </c>
+      <c r="G270" s="33" t="s">
+        <v>837</v>
+      </c>
+      <c r="H270" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I270" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J270" s="19"/>
+    </row>
+    <row r="271" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A271" s="6" t="s">
+        <v>904</v>
+      </c>
+      <c r="B271" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C271" s="8" t="s">
+        <v>905</v>
+      </c>
+      <c r="D271" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E271" s="10">
+        <v>5.3730000000000002</v>
+      </c>
+      <c r="F271" s="34" t="s">
+        <v>906</v>
+      </c>
+      <c r="G271" s="33" t="s">
+        <v>333</v>
+      </c>
+      <c r="H271" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I271" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J271" s="19"/>
+    </row>
+    <row r="272" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A272" s="11" t="s">
+        <v>907</v>
+      </c>
+      <c r="B272" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C272" s="13" t="s">
+        <v>908</v>
+      </c>
+      <c r="D272" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E272" s="17">
+        <v>0.90100000000000002</v>
+      </c>
+      <c r="F272" s="34" t="s">
+        <v>909</v>
+      </c>
+      <c r="G272" s="33" t="s">
+        <v>837</v>
+      </c>
+      <c r="H272" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I272" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J272" s="19"/>
+    </row>
+    <row r="273" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A273" s="11" t="s">
+        <v>910</v>
+      </c>
+      <c r="B273" s="12" t="s">
+        <v>911</v>
+      </c>
+      <c r="C273" s="13" t="s">
+        <v>912</v>
+      </c>
+      <c r="D273" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E273" s="15">
+        <v>1.512</v>
+      </c>
+      <c r="F273" s="20" t="s">
+        <v>913</v>
+      </c>
+      <c r="G273" s="20" t="s">
+        <v>914</v>
+      </c>
+      <c r="H273" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I273" s="22" t="s">
+        <v>915</v>
+      </c>
+      <c r="J273" s="19"/>
+    </row>
+    <row r="274" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A274" s="6" t="s">
+        <v>916</v>
+      </c>
+      <c r="B274" s="7" t="s">
+        <v>917</v>
+      </c>
+      <c r="C274" s="8" t="s">
+        <v>918</v>
+      </c>
+      <c r="D274" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E274" s="10">
+        <v>1.6379999999999999</v>
+      </c>
+      <c r="F274" s="20" t="s">
+        <v>919</v>
+      </c>
+      <c r="G274" s="20"/>
+      <c r="H274" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I274" s="22" t="s">
+        <v>920</v>
+      </c>
+      <c r="J274" s="19"/>
+    </row>
+    <row r="275" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A275" s="6" t="s">
+        <v>921</v>
+      </c>
+      <c r="B275" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C275" s="8" t="s">
+        <v>922</v>
+      </c>
+      <c r="D275" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E275" s="10">
+        <v>8.3130000000000006</v>
+      </c>
+      <c r="F275" s="36" t="s">
+        <v>923</v>
+      </c>
+      <c r="G275" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="H275" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I275" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J275" s="19"/>
+    </row>
+    <row r="276" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A276" s="11" t="s">
+        <v>924</v>
+      </c>
+      <c r="B276" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C276" s="13" t="s">
+        <v>925</v>
+      </c>
+      <c r="D276" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E276" s="15">
+        <v>1.1619999999999999</v>
+      </c>
+      <c r="F276" s="32">
+        <v>3300</v>
+      </c>
+      <c r="G276" s="20"/>
+      <c r="H276" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I276" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J276" s="19"/>
+    </row>
+    <row r="277" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A277" s="11" t="s">
+        <v>926</v>
+      </c>
+      <c r="B277" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C277" s="13" t="s">
+        <v>927</v>
+      </c>
+      <c r="D277" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E277" s="17">
+        <v>0.79600000000000004</v>
+      </c>
+      <c r="F277" s="20" t="s">
+        <v>928</v>
+      </c>
+      <c r="G277" s="20" t="s">
+        <v>617</v>
+      </c>
+      <c r="H277" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I277" s="22" t="s">
+        <v>929</v>
+      </c>
+      <c r="J277" s="19"/>
+    </row>
+    <row r="278" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A278" s="11" t="s">
+        <v>930</v>
+      </c>
+      <c r="B278" s="12" t="s">
+        <v>437</v>
+      </c>
+      <c r="C278" s="13" t="s">
+        <v>931</v>
+      </c>
+      <c r="D278" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E278" s="15">
+        <v>1.153</v>
+      </c>
+      <c r="F278" s="20">
+        <v>0</v>
+      </c>
+      <c r="G278" s="20"/>
+      <c r="H278" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I278" s="22" t="s">
+        <v>932</v>
+      </c>
+      <c r="J278" s="19"/>
+    </row>
+    <row r="279" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A279" s="6" t="s">
+        <v>933</v>
+      </c>
+      <c r="B279" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C279" s="8" t="s">
+        <v>934</v>
+      </c>
+      <c r="D279" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E279" s="10">
+        <v>1.4770000000000001</v>
+      </c>
+      <c r="F279" s="36" t="s">
+        <v>935</v>
+      </c>
+      <c r="G279" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="H279" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I279" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J279" s="19"/>
+    </row>
+    <row r="280" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A280" s="6" t="s">
+        <v>936</v>
+      </c>
+      <c r="B280" s="7" t="s">
+        <v>465</v>
+      </c>
+      <c r="C280" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D280" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E280" s="10">
+        <v>1.016</v>
+      </c>
+      <c r="F280" s="34" t="s">
+        <v>937</v>
+      </c>
+      <c r="G280" s="33" t="s">
+        <v>321</v>
+      </c>
+      <c r="H280" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I280" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J280" s="19"/>
+    </row>
+    <row r="281" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A281" s="11" t="s">
+        <v>938</v>
+      </c>
+      <c r="B281" s="12" t="s">
+        <v>305</v>
+      </c>
+      <c r="C281" s="13" t="s">
+        <v>939</v>
+      </c>
+      <c r="D281" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E281" s="15">
+        <v>1.3360000000000001</v>
+      </c>
+      <c r="F281" s="37">
+        <v>1400</v>
+      </c>
+      <c r="G281" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H281" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I281" s="22" t="s">
+        <v>940</v>
+      </c>
+      <c r="J281" s="19"/>
+    </row>
+    <row r="282" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A282" s="6" t="s">
+        <v>941</v>
+      </c>
+      <c r="B282" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C282" s="8" t="s">
+        <v>942</v>
+      </c>
+      <c r="D282" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E282" s="10">
+        <v>1.3169999999999999</v>
+      </c>
+      <c r="F282" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="G282" s="20"/>
+      <c r="H282" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I282" s="22" t="s">
+        <v>943</v>
+      </c>
+      <c r="J282" s="19"/>
+    </row>
+    <row r="283" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A283" s="11" t="s">
+        <v>944</v>
+      </c>
+      <c r="B283" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C283" s="13" t="s">
+        <v>945</v>
+      </c>
+      <c r="D283" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E283" s="15">
+        <v>1.0129999999999999</v>
+      </c>
+      <c r="F283" s="20" t="s">
+        <v>565</v>
+      </c>
+      <c r="G283" s="20"/>
+      <c r="H283" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I283" s="22" t="s">
+        <v>946</v>
+      </c>
+      <c r="J283" s="19"/>
+    </row>
+    <row r="284" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A284" s="11" t="s">
+        <v>947</v>
+      </c>
+      <c r="B284" s="12" t="s">
+        <v>948</v>
+      </c>
+      <c r="C284" s="13" t="s">
+        <v>949</v>
+      </c>
+      <c r="D284" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E284" s="15">
+        <v>1.9690000000000001</v>
+      </c>
+      <c r="F284" s="20" t="s">
+        <v>950</v>
+      </c>
+      <c r="G284" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H284" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I284" s="22" t="s">
+        <v>951</v>
+      </c>
+      <c r="J284" s="19"/>
+    </row>
+    <row r="285" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A285" s="6" t="s">
+        <v>952</v>
+      </c>
+      <c r="B285" s="7" t="s">
+        <v>167</v>
+      </c>
+      <c r="C285" s="8" t="s">
+        <v>953</v>
+      </c>
+      <c r="D285" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E285" s="10">
+        <v>1.121</v>
+      </c>
+      <c r="F285" s="20" t="s">
+        <v>168</v>
+      </c>
+      <c r="G285" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H285" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I285" s="22" t="s">
+        <v>954</v>
+      </c>
+      <c r="J285" s="19"/>
+    </row>
+    <row r="286" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A286" s="11" t="s">
+        <v>955</v>
+      </c>
+      <c r="B286" s="12" t="s">
+        <v>956</v>
+      </c>
+      <c r="C286" s="13" t="s">
+        <v>957</v>
+      </c>
+      <c r="D286" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E286" s="17">
+        <v>0.82299999999999995</v>
+      </c>
+      <c r="F286" s="20" t="s">
         <v>958</v>
       </c>
-      <c r="B1" s="3" t="s">
+      <c r="G286" s="20"/>
+      <c r="H286" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I286" s="22" t="s">
         <v>959</v>
       </c>
-      <c r="C1" s="4" t="s">
+      <c r="J286" s="19"/>
+    </row>
+    <row r="287" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A287" s="6" t="s">
+        <v>960</v>
+      </c>
+      <c r="B287" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="C287" s="8" t="s">
+        <v>961</v>
+      </c>
+      <c r="D287" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E287" s="16">
+        <v>1.506</v>
+      </c>
+      <c r="F287" s="20" t="s">
         <v>962</v>
       </c>
-      <c r="D1" s="4" t="s">
+      <c r="G287" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H287" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I287" s="22" t="s">
         <v>963</v>
       </c>
-      <c r="E1" s="4" t="s">
+      <c r="J287" s="19"/>
+    </row>
+    <row r="288" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A288" s="6" t="s">
+        <v>964</v>
+      </c>
+      <c r="B288" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C288" s="8" t="s">
+        <v>965</v>
+      </c>
+      <c r="D288" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E288" s="10">
+        <v>3.6320000000000001</v>
+      </c>
+      <c r="F288" s="34" t="s">
+        <v>966</v>
+      </c>
+      <c r="G288" s="33" t="s">
+        <v>837</v>
+      </c>
+      <c r="H288" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I288" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J288" s="19"/>
+    </row>
+    <row r="289" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A289" s="11" t="s">
+        <v>967</v>
+      </c>
+      <c r="B289" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C289" s="13" t="s">
+        <v>968</v>
+      </c>
+      <c r="D289" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E289" s="17">
+        <v>0.72399999999999998</v>
+      </c>
+      <c r="F289" s="20">
+        <v>0</v>
+      </c>
+      <c r="G289" s="20"/>
+      <c r="H289" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I289" s="22" t="s">
+        <v>969</v>
+      </c>
+      <c r="J289" s="19"/>
+    </row>
+    <row r="290" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A290" s="11" t="s">
+        <v>970</v>
+      </c>
+      <c r="B290" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="C290" s="13" t="s">
+        <v>971</v>
+      </c>
+      <c r="D290" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E290" s="17">
+        <v>0.91300000000000003</v>
+      </c>
+      <c r="F290" s="20" t="s">
+        <v>972</v>
+      </c>
+      <c r="G290" s="20"/>
+      <c r="H290" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I290" s="22" t="s">
+        <v>973</v>
+      </c>
+      <c r="J290" s="19"/>
+    </row>
+    <row r="291" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A291" s="11" t="s">
+        <v>974</v>
+      </c>
+      <c r="B291" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C291" s="13" t="s">
+        <v>975</v>
+      </c>
+      <c r="D291" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E291" s="15">
+        <v>1.569</v>
+      </c>
+      <c r="F291" s="32">
+        <v>3000</v>
+      </c>
+      <c r="G291" s="20"/>
+      <c r="H291" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I291" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J291" s="19"/>
+    </row>
+    <row r="292" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A292" s="6" t="s">
+        <v>976</v>
+      </c>
+      <c r="B292" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C292" s="8" t="s">
+        <v>977</v>
+      </c>
+      <c r="D292" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E292" s="10">
+        <v>1.2929999999999999</v>
+      </c>
+      <c r="F292" s="34" t="s">
+        <v>978</v>
+      </c>
+      <c r="G292" s="33" t="s">
+        <v>333</v>
+      </c>
+      <c r="H292" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I292" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J292" s="19"/>
+    </row>
+    <row r="293" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A293" s="11" t="s">
+        <v>979</v>
+      </c>
+      <c r="B293" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C293" s="13" t="s">
+        <v>980</v>
+      </c>
+      <c r="D293" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E293" s="15">
+        <v>1.67</v>
+      </c>
+      <c r="F293" s="32">
+        <v>3000</v>
+      </c>
+      <c r="G293" s="20"/>
+      <c r="H293" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I293" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J293" s="19"/>
+    </row>
+    <row r="294" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A294" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="B294" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="C294" s="8" t="s">
+        <v>982</v>
+      </c>
+      <c r="D294" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E294" s="10">
+        <v>1.052</v>
+      </c>
+      <c r="F294" s="20" t="s">
+        <v>160</v>
+      </c>
+      <c r="G294" s="20"/>
+      <c r="H294" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I294" s="22" t="s">
+        <v>161</v>
+      </c>
+      <c r="J294" s="19"/>
+    </row>
+    <row r="295" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A295" s="6" t="s">
         <v>983</v>
       </c>
-      <c r="F1" s="4" t="s">
-[...7 lines deleted...]
-      <c r="A2" s="1" t="s">
+      <c r="B295" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C295" s="8" t="s">
+        <v>984</v>
+      </c>
+      <c r="D295" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E295" s="10">
+        <v>1.2509999999999999</v>
+      </c>
+      <c r="F295" s="32">
+        <v>4010</v>
+      </c>
+      <c r="G295" s="20"/>
+      <c r="H295" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I295" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J295" s="19"/>
+    </row>
+    <row r="296" spans="1:10" ht="39.6" x14ac:dyDescent="0.3">
+      <c r="A296" s="11" t="s">
+        <v>985</v>
+      </c>
+      <c r="B296" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C296" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D296" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E296" s="15">
+        <v>1.458</v>
+      </c>
+      <c r="F296" s="20" t="s">
+        <v>986</v>
+      </c>
+      <c r="G296" s="24" t="s">
+        <v>987</v>
+      </c>
+      <c r="H296" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I296" s="22" t="s">
+        <v>988</v>
+      </c>
+      <c r="J296" s="19"/>
+    </row>
+    <row r="297" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A297" s="11" t="s">
+        <v>989</v>
+      </c>
+      <c r="B297" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C297" s="13" t="s">
+        <v>990</v>
+      </c>
+      <c r="D297" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E297" s="15">
+        <v>1.1819999999999999</v>
+      </c>
+      <c r="F297" s="20" t="s">
+        <v>991</v>
+      </c>
+      <c r="G297" s="20"/>
+      <c r="H297" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I297" s="23" t="s">
+        <v>992</v>
+      </c>
+      <c r="J297" s="19"/>
+    </row>
+    <row r="298" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A298" s="6" t="s">
+        <v>993</v>
+      </c>
+      <c r="B298" s="7" t="s">
+        <v>880</v>
+      </c>
+      <c r="C298" s="8" t="s">
+        <v>994</v>
+      </c>
+      <c r="D298" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E298" s="10">
+        <v>1.1120000000000001</v>
+      </c>
+      <c r="F298" s="20" t="s">
+        <v>995</v>
+      </c>
+      <c r="G298" s="20"/>
+      <c r="H298" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I298" s="22" t="s">
+        <v>883</v>
+      </c>
+      <c r="J298" s="19"/>
+    </row>
+    <row r="299" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A299" s="11" t="s">
+        <v>996</v>
+      </c>
+      <c r="B299" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C299" s="13" t="s">
+        <v>997</v>
+      </c>
+      <c r="D299" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E299" s="15">
+        <v>2.7290000000000001</v>
+      </c>
+      <c r="F299" s="20" t="s">
+        <v>998</v>
+      </c>
+      <c r="G299" s="20"/>
+      <c r="H299" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I299" s="23" t="s">
+        <v>999</v>
+      </c>
+      <c r="J299" s="19"/>
+    </row>
+    <row r="300" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A300" s="11" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B300" s="12" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C300" s="13" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D300" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E300" s="15">
+        <v>3.1669999999999998</v>
+      </c>
+      <c r="F300" s="20" t="s">
+        <v>1003</v>
+      </c>
+      <c r="G300" s="20"/>
+      <c r="H300" s="21"/>
+      <c r="I300" s="22" t="s">
+        <v>1004</v>
+      </c>
+      <c r="J300" s="19"/>
+    </row>
+    <row r="301" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A301" s="6" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B301" s="7" t="s">
+        <v>586</v>
+      </c>
+      <c r="C301" s="8" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D301" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E301" s="10">
+        <v>1.488</v>
+      </c>
+      <c r="F301" s="20">
         <v>0</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="G301" s="20" t="s">
+        <v>588</v>
+      </c>
+      <c r="H301" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I301" s="22" t="s">
+        <v>1007</v>
+      </c>
+      <c r="J301" s="19"/>
+    </row>
+    <row r="302" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A302" s="11" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B302" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="C302" s="13" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D302" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E302" s="15">
+        <v>1.708</v>
+      </c>
+      <c r="F302" s="20" t="s">
+        <v>160</v>
+      </c>
+      <c r="G302" s="20"/>
+      <c r="H302" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I302" s="22" t="s">
+        <v>161</v>
+      </c>
+      <c r="J302" s="19"/>
+    </row>
+    <row r="303" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A303" s="11" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B303" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C303" s="13" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D303" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E303" s="15">
+        <v>2.0030000000000001</v>
+      </c>
+      <c r="F303" s="32">
+        <v>3000</v>
+      </c>
+      <c r="G303" s="20"/>
+      <c r="H303" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I303" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J303" s="19"/>
+    </row>
+    <row r="304" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A304" s="11" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B304" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C304" s="13" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D304" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E304" s="15">
+        <v>1.4790000000000001</v>
+      </c>
+      <c r="F304" s="34" t="s">
+        <v>1014</v>
+      </c>
+      <c r="G304" s="33" t="s">
+        <v>321</v>
+      </c>
+      <c r="H304" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I304" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J304" s="19"/>
+    </row>
+    <row r="305" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A305" s="11" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B305" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C305" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D305" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E305" s="15">
+        <v>3.681</v>
+      </c>
+      <c r="F305" s="36" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G305" s="38" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H305" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I305" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J305" s="19"/>
+    </row>
+    <row r="306" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A306" s="6" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B306" s="7" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C306" s="8" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D306" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E306" s="16">
+        <v>0.61399999999999999</v>
+      </c>
+      <c r="F306" s="20">
+        <v>0</v>
+      </c>
+      <c r="G306" s="20" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H306" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I306" s="22" t="s">
+        <v>1022</v>
+      </c>
+      <c r="J306" s="19"/>
+    </row>
+    <row r="307" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A307" s="11" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B307" s="12" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C307" s="13" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D307" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E307" s="15">
+        <v>1.841</v>
+      </c>
+      <c r="F307" s="20" t="s">
+        <v>1026</v>
+      </c>
+      <c r="G307" s="20"/>
+      <c r="H307" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I307" s="22" t="s">
+        <v>1027</v>
+      </c>
+      <c r="J307" s="19"/>
+    </row>
+    <row r="308" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A308" s="6" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B308" s="7" t="s">
+        <v>465</v>
+      </c>
+      <c r="C308" s="8" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D308" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E308" s="10">
+        <v>1.7170000000000001</v>
+      </c>
+      <c r="F308" s="34" t="s">
+        <v>467</v>
+      </c>
+      <c r="G308" s="33" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H308" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I308" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J308" s="19"/>
+    </row>
+    <row r="309" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A309" s="6" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B309" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C309" s="8" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D309" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E309" s="10">
+        <v>1.506</v>
+      </c>
+      <c r="F309" s="32">
+        <v>2890</v>
+      </c>
+      <c r="G309" s="20"/>
+      <c r="H309" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I309" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J309" s="19"/>
+    </row>
+    <row r="310" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A310" s="11" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B310" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C310" s="13" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D310" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E310" s="17">
+        <v>0.78</v>
+      </c>
+      <c r="F310" s="20" t="s">
+        <v>1035</v>
+      </c>
+      <c r="G310" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H310" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I310" s="22" t="s">
+        <v>1036</v>
+      </c>
+      <c r="J310" s="19"/>
+    </row>
+    <row r="311" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A311" s="6" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B311" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C311" s="8" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D311" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E311" s="10">
+        <v>2.4820000000000002</v>
+      </c>
+      <c r="F311" s="32">
+        <v>2370</v>
+      </c>
+      <c r="G311" s="20"/>
+      <c r="H311" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I311" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J311" s="19"/>
+    </row>
+    <row r="312" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A312" s="11" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B312" s="12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C312" s="13" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D312" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E312" s="17">
+        <v>0.82499999999999996</v>
+      </c>
+      <c r="F312" s="20" t="s">
+        <v>1041</v>
+      </c>
+      <c r="G312" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H312" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I312" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J312" s="19"/>
+    </row>
+    <row r="313" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A313" s="11" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B313" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C313" s="13" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D313" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E313" s="15">
+        <v>1.3859999999999999</v>
+      </c>
+      <c r="F313" s="34" t="s">
+        <v>1044</v>
+      </c>
+      <c r="G313" s="33" t="s">
+        <v>321</v>
+      </c>
+      <c r="H313" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I313" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J313" s="19"/>
+    </row>
+    <row r="314" spans="1:10" ht="39.6" x14ac:dyDescent="0.3">
+      <c r="A314" s="6" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B314" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C314" s="8" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D314" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E314" s="10">
+        <v>1.7210000000000001</v>
+      </c>
+      <c r="F314" s="20" t="s">
+        <v>1047</v>
+      </c>
+      <c r="G314" s="24" t="s">
+        <v>987</v>
+      </c>
+      <c r="H314" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I314" s="22" t="s">
+        <v>1048</v>
+      </c>
+      <c r="J314" s="19"/>
+    </row>
+    <row r="315" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A315" s="11" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B315" s="12" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C315" s="13" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D315" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E315" s="15">
+        <v>1.716</v>
+      </c>
+      <c r="F315" s="20" t="s">
+        <v>1052</v>
+      </c>
+      <c r="G315" s="20"/>
+      <c r="H315" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I315" s="22" t="s">
+        <v>1053</v>
+      </c>
+      <c r="J315" s="19"/>
+    </row>
+    <row r="316" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A316" s="11" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B316" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C316" s="13" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D316" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E316" s="15">
+        <v>1.1040000000000001</v>
+      </c>
+      <c r="F316" s="32">
+        <v>3930</v>
+      </c>
+      <c r="G316" s="20"/>
+      <c r="H316" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I316" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J316" s="19"/>
+    </row>
+    <row r="317" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A317" s="11" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B317" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C317" s="13" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D317" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E317" s="15">
+        <v>1.3140000000000001</v>
+      </c>
+      <c r="F317" s="20" t="s">
+        <v>1058</v>
+      </c>
+      <c r="G317" s="20"/>
+      <c r="H317" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I317" s="22" t="s">
+        <v>1059</v>
+      </c>
+      <c r="J317" s="19"/>
+    </row>
+    <row r="318" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A318" s="11" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B318" s="12" t="s">
+        <v>183</v>
+      </c>
+      <c r="C318" s="13" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D318" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E318" s="15">
+        <v>1.8959999999999999</v>
+      </c>
+      <c r="F318" s="20" t="s">
+        <v>1062</v>
+      </c>
+      <c r="G318" s="20"/>
+      <c r="H318" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I318" s="22" t="s">
+        <v>1063</v>
+      </c>
+      <c r="J318" s="19"/>
+    </row>
+    <row r="319" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A319" s="11" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B319" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C319" s="13" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D319" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E319" s="15">
+        <v>1.9710000000000001</v>
+      </c>
+      <c r="F319" s="34" t="s">
+        <v>1066</v>
+      </c>
+      <c r="G319" s="33" t="s">
+        <v>361</v>
+      </c>
+      <c r="H319" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I319" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J319" s="19"/>
+    </row>
+    <row r="320" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A320" s="11" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B320" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C320" s="13" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D320" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E320" s="15">
+        <v>1.046</v>
+      </c>
+      <c r="F320" s="20">
+        <v>0</v>
+      </c>
+      <c r="G320" s="20"/>
+      <c r="H320" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I320" s="22" t="s">
+        <v>1069</v>
+      </c>
+      <c r="J320" s="19"/>
+    </row>
+    <row r="321" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A321" s="6" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B321" s="7" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C321" s="8" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D321" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E321" s="10">
+        <v>1.1519999999999999</v>
+      </c>
+      <c r="F321" s="20">
+        <v>0</v>
+      </c>
+      <c r="G321" s="20"/>
+      <c r="H321" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I321" s="22" t="s">
+        <v>1073</v>
+      </c>
+      <c r="J321" s="19"/>
+    </row>
+    <row r="322" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A322" s="11" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B322" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C322" s="13" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D322" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E322" s="15">
+        <v>1.2689999999999999</v>
+      </c>
+      <c r="F322" s="32">
+        <v>4650</v>
+      </c>
+      <c r="G322" s="20"/>
+      <c r="H322" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I322" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J322" s="19"/>
+    </row>
+    <row r="323" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A323" s="6" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B323" s="7" t="s">
+        <v>687</v>
+      </c>
+      <c r="C323" s="8" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D323" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E323" s="10">
+        <v>1.008</v>
+      </c>
+      <c r="F323" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="G323" s="20"/>
+      <c r="H323" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I323" s="22" t="s">
+        <v>1078</v>
+      </c>
+      <c r="J323" s="19"/>
+    </row>
+    <row r="324" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A324" s="6" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B324" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="C324" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D324" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E324" s="10">
+        <v>0.995</v>
+      </c>
+      <c r="F324" s="20" t="s">
+        <v>657</v>
+      </c>
+      <c r="G324" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H324" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I324" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J324" s="19"/>
+    </row>
+    <row r="325" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A325" s="11" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B325" s="12" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C325" s="13" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D325" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E325" s="15">
+        <v>1.006</v>
+      </c>
+      <c r="F325" s="20">
+        <v>0</v>
+      </c>
+      <c r="G325" s="20"/>
+      <c r="H325" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I325" s="22" t="s">
+        <v>1082</v>
+      </c>
+      <c r="J325" s="19"/>
+    </row>
+    <row r="326" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A326" s="6" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B326" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C326" s="8" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D326" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E326" s="16">
+        <v>0.628</v>
+      </c>
+      <c r="F326" s="34" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G326" s="33" t="s">
+        <v>361</v>
+      </c>
+      <c r="H326" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I326" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J326" s="19"/>
+    </row>
+    <row r="327" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A327" s="6" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B327" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="C327" s="8" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D327" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E327" s="10">
+        <v>1.2230000000000001</v>
+      </c>
+      <c r="F327" s="20" t="s">
+        <v>972</v>
+      </c>
+      <c r="G327" s="20"/>
+      <c r="H327" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I327" s="22" t="s">
+        <v>973</v>
+      </c>
+      <c r="J327" s="19"/>
+    </row>
+    <row r="328" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A328" s="11" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B328" s="12" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C328" s="13" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D328" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E328" s="17">
+        <v>0.61099999999999999</v>
+      </c>
+      <c r="F328" s="20">
+        <v>0</v>
+      </c>
+      <c r="G328" s="20"/>
+      <c r="H328" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I328" s="22" t="s">
+        <v>1090</v>
+      </c>
+      <c r="J328" s="19"/>
+    </row>
+    <row r="329" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A329" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B329" s="7" t="s">
+        <v>343</v>
+      </c>
+      <c r="C329" s="8" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D329" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E329" s="10">
+        <v>1.3180000000000001</v>
+      </c>
+      <c r="F329" s="21" t="s">
+        <v>1093</v>
+      </c>
+      <c r="G329" s="21"/>
+      <c r="H329" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I329" s="22" t="s">
+        <v>1094</v>
+      </c>
+      <c r="J329" s="19"/>
+    </row>
+    <row r="330" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A330" s="11" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B330" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C330" s="13" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D330" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E330" s="17">
+        <v>0.84199999999999997</v>
+      </c>
+      <c r="F330" s="32">
+        <v>3010</v>
+      </c>
+      <c r="G330" s="20"/>
+      <c r="H330" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I330" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J330" s="19"/>
+    </row>
+    <row r="331" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A331" s="11" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B331" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="C331" s="13" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D331" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E331" s="15">
+        <v>1.105</v>
+      </c>
+      <c r="F331" s="20" t="s">
+        <v>160</v>
+      </c>
+      <c r="G331" s="20"/>
+      <c r="H331" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I331" s="22" t="s">
+        <v>161</v>
+      </c>
+      <c r="J331" s="19"/>
+    </row>
+    <row r="332" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A332" s="6" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B332" s="7" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C332" s="8" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D332" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E332" s="10">
+        <v>1.0660000000000001</v>
+      </c>
+      <c r="F332" s="37">
+        <v>4450</v>
+      </c>
+      <c r="G332" s="20"/>
+      <c r="H332" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I332" s="22" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J332" s="19"/>
+    </row>
+    <row r="333" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A333" s="6" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B333" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C333" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D333" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E333" s="10">
+        <v>7.5659999999999998</v>
+      </c>
+      <c r="F333" s="20" t="s">
+        <v>1104</v>
+      </c>
+      <c r="G333" s="20"/>
+      <c r="H333" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I333" s="22" t="s">
+        <v>1105</v>
+      </c>
+      <c r="J333" s="19"/>
+    </row>
+    <row r="334" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A334" s="6" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B334" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C334" s="8" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D334" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E334" s="16">
+        <v>0.83199999999999996</v>
+      </c>
+      <c r="F334" s="32">
+        <v>4600</v>
+      </c>
+      <c r="G334" s="20"/>
+      <c r="H334" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I334" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J334" s="19"/>
+    </row>
+    <row r="335" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A335" s="11" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B335" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C335" s="13" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D335" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E335" s="15">
+        <v>2.15</v>
+      </c>
+      <c r="F335" s="20" t="s">
+        <v>1110</v>
+      </c>
+      <c r="G335" s="20"/>
+      <c r="H335" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I335" s="22" t="s">
+        <v>1111</v>
+      </c>
+      <c r="J335" s="19"/>
+    </row>
+    <row r="336" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A336" s="11" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B336" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C336" s="13" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D336" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E336" s="15">
+        <v>1.1559999999999999</v>
+      </c>
+      <c r="F336" s="20">
+        <v>0</v>
+      </c>
+      <c r="G336" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H336" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I336" s="22" t="s">
+        <v>1114</v>
+      </c>
+      <c r="J336" s="19"/>
+    </row>
+    <row r="337" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A337" s="6" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B337" s="7" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C337" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D337" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E337" s="10">
+        <v>1.367</v>
+      </c>
+      <c r="F337" s="24" t="s">
+        <v>1117</v>
+      </c>
+      <c r="G337" s="20" t="s">
+        <v>1118</v>
+      </c>
+      <c r="H337" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I337" s="22" t="s">
+        <v>1119</v>
+      </c>
+      <c r="J337" s="19"/>
+    </row>
+    <row r="338" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A338" s="6" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B338" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C338" s="8" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D338" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E338" s="10">
+        <v>1.304</v>
+      </c>
+      <c r="F338" s="32">
+        <v>2820</v>
+      </c>
+      <c r="G338" s="20"/>
+      <c r="H338" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I338" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J338" s="19"/>
+    </row>
+    <row r="339" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A339" s="11" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B339" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C339" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D339" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E339" s="15">
+        <v>1.87</v>
+      </c>
+      <c r="F339" s="36" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G339" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="H339" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I339" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J339" s="19"/>
+    </row>
+    <row r="340" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A340" s="11" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B340" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C340" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D340" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E340" s="15">
+        <v>1.0289999999999999</v>
+      </c>
+      <c r="F340" s="24" t="s">
+        <v>302</v>
+      </c>
+      <c r="G340" s="20"/>
+      <c r="H340" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I340" s="23" t="s">
+        <v>1125</v>
+      </c>
+      <c r="J340" s="19"/>
+    </row>
+    <row r="341" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A341" s="11" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B341" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C341" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D341" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E341" s="15">
+        <v>1.6080000000000001</v>
+      </c>
+      <c r="F341" s="32">
+        <v>3400</v>
+      </c>
+      <c r="G341" s="20"/>
+      <c r="H341" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I341" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J341" s="19"/>
+    </row>
+    <row r="342" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A342" s="11" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B342" s="12" t="s">
+        <v>377</v>
+      </c>
+      <c r="C342" s="13" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D342" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E342" s="15">
+        <v>1.099</v>
+      </c>
+      <c r="F342" s="20">
+        <v>0</v>
+      </c>
+      <c r="G342" s="20"/>
+      <c r="H342" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I342" s="22" t="s">
+        <v>1129</v>
+      </c>
+      <c r="J342" s="19"/>
+    </row>
+    <row r="343" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A343" s="11" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B343" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C343" s="13" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D343" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E343" s="15">
+        <v>1.9370000000000001</v>
+      </c>
+      <c r="F343" s="20" t="s">
+        <v>1132</v>
+      </c>
+      <c r="G343" s="20"/>
+      <c r="H343" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I343" s="22" t="s">
+        <v>1133</v>
+      </c>
+      <c r="J343" s="19"/>
+    </row>
+    <row r="344" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A344" s="6" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B344" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="C344" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D344" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E344" s="10">
+        <v>1.855</v>
+      </c>
+      <c r="F344" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G344" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H344" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I344" s="22" t="s">
+        <v>161</v>
+      </c>
+      <c r="J344" s="19"/>
+    </row>
+    <row r="345" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A345" s="11" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B345" s="12" t="s">
+        <v>27</v>
+      </c>
+      <c r="C345" s="13" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D345" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E345" s="15">
+        <v>1.4950000000000001</v>
+      </c>
+      <c r="F345" s="20" t="s">
+        <v>1137</v>
+      </c>
+      <c r="G345" s="20"/>
+      <c r="H345" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I345" s="22" t="s">
+        <v>1138</v>
+      </c>
+      <c r="J345" s="19"/>
+    </row>
+    <row r="346" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A346" s="11" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B346" s="12" t="s">
+        <v>343</v>
+      </c>
+      <c r="C346" s="13" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D346" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E346" s="15">
+        <v>1.1919999999999999</v>
+      </c>
+      <c r="F346" s="21" t="s">
+        <v>1141</v>
+      </c>
+      <c r="G346" s="21"/>
+      <c r="H346" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I346" s="22" t="s">
+        <v>1142</v>
+      </c>
+      <c r="J346" s="19"/>
+    </row>
+    <row r="347" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A347" s="11" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B347" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C347" s="13" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D347" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E347" s="15">
+        <v>3.048</v>
+      </c>
+      <c r="F347" s="36" t="s">
+        <v>1145</v>
+      </c>
+      <c r="G347" s="38" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H347" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I347" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J347" s="19"/>
+    </row>
+    <row r="348" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A348" s="11" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B348" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C348" s="13" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D348" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E348" s="15">
+        <v>1.194</v>
+      </c>
+      <c r="F348" s="36" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G348" s="38" t="s">
+        <v>1150</v>
+      </c>
+      <c r="H348" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I348" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J348" s="19"/>
+    </row>
+    <row r="349" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A349" s="11" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B349" s="12" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C349" s="13" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D349" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E349" s="15">
+        <v>1.3380000000000001</v>
+      </c>
+      <c r="F349" s="39" t="s">
+        <v>1154</v>
+      </c>
+      <c r="G349" s="20" t="s">
+        <v>1155</v>
+      </c>
+      <c r="H349" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I349" s="22" t="s">
+        <v>1156</v>
+      </c>
+      <c r="J349" s="19"/>
+    </row>
+    <row r="350" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A350" s="6" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B350" s="7" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C350" s="8" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D350" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E350" s="10">
+        <v>1.5860000000000001</v>
+      </c>
+      <c r="F350" s="37">
+        <v>2203</v>
+      </c>
+      <c r="G350" s="20"/>
+      <c r="H350" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I350" s="22" t="s">
+        <v>1160</v>
+      </c>
+      <c r="J350" s="19"/>
+    </row>
+    <row r="351" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A351" s="6" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B351" s="7" t="s">
+        <v>221</v>
+      </c>
+      <c r="C351" s="8" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D351" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E351" s="10">
+        <v>1.266</v>
+      </c>
+      <c r="F351" s="20" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G351" s="20"/>
+      <c r="H351" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I351" s="22" t="s">
+        <v>1164</v>
+      </c>
+      <c r="J351" s="19"/>
+    </row>
+    <row r="352" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A352" s="11" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B352" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="C352" s="13" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D352" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E352" s="15">
+        <v>3.7349999999999999</v>
+      </c>
+      <c r="F352" s="20">
+        <v>0</v>
+      </c>
+      <c r="G352" s="20" t="s">
+        <v>474</v>
+      </c>
+      <c r="H352" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I352" s="22" t="s">
+        <v>161</v>
+      </c>
+      <c r="J352" s="19"/>
+    </row>
+    <row r="353" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A353" s="6" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B353" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="C353" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D353" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E353" s="10">
+        <v>1.022</v>
+      </c>
+      <c r="F353" s="20" t="s">
+        <v>1168</v>
+      </c>
+      <c r="G353" s="20"/>
+      <c r="H353" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I353" s="22" t="s">
+        <v>161</v>
+      </c>
+      <c r="J353" s="19"/>
+    </row>
+    <row r="354" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A354" s="11" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B354" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C354" s="13" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D354" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E354" s="15">
+        <v>4.38</v>
+      </c>
+      <c r="F354" s="20" t="s">
+        <v>1171</v>
+      </c>
+      <c r="G354" s="20"/>
+      <c r="H354" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I354" s="23" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J354" s="19"/>
+    </row>
+    <row r="355" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A355" s="6" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B355" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C355" s="8" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D355" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E355" s="10">
+        <v>1.018</v>
+      </c>
+      <c r="F355" s="20" t="s">
+        <v>583</v>
+      </c>
+      <c r="G355" s="20"/>
+      <c r="H355" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I355" s="22" t="s">
+        <v>1175</v>
+      </c>
+      <c r="J355" s="19"/>
+    </row>
+    <row r="356" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A356" s="11" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B356" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C356" s="13" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D356" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E356" s="15">
+        <v>2.105</v>
+      </c>
+      <c r="F356" s="20" t="s">
+        <v>164</v>
+      </c>
+      <c r="G356" s="20"/>
+      <c r="H356" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I356" s="23" t="s">
+        <v>1178</v>
+      </c>
+      <c r="J356" s="19"/>
+    </row>
+    <row r="357" spans="1:10" ht="39.6" x14ac:dyDescent="0.3">
+      <c r="A357" s="11" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B357" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C357" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D357" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E357" s="15">
+        <v>2.1989999999999998</v>
+      </c>
+      <c r="F357" s="20" t="s">
+        <v>1047</v>
+      </c>
+      <c r="G357" s="24" t="s">
+        <v>987</v>
+      </c>
+      <c r="H357" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I357" s="22" t="s">
+        <v>1180</v>
+      </c>
+      <c r="J357" s="19"/>
+    </row>
+    <row r="358" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A358" s="6" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B358" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C358" s="8" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D358" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E358" s="10">
+        <v>1.325</v>
+      </c>
+      <c r="F358" s="20" t="s">
+        <v>657</v>
+      </c>
+      <c r="G358" s="20"/>
+      <c r="H358" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I358" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J358" s="19"/>
+    </row>
+    <row r="359" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A359" s="6" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B359" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C359" s="8" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D359" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E359" s="10">
+        <v>2.9689999999999999</v>
+      </c>
+      <c r="F359" s="20" t="s">
+        <v>1185</v>
+      </c>
+      <c r="G359" s="20"/>
+      <c r="H359" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I359" s="22" t="s">
+        <v>1186</v>
+      </c>
+      <c r="J359" s="19"/>
+    </row>
+    <row r="360" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A360" s="11" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B360" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C360" s="13" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D360" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E360" s="15">
+        <v>2.0550000000000002</v>
+      </c>
+      <c r="F360" s="20" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G360" s="20"/>
+      <c r="H360" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I360" s="23" t="s">
+        <v>1190</v>
+      </c>
+      <c r="J360" s="19"/>
+    </row>
+    <row r="361" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A361" s="6" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B361" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C361" s="8" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D361" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E361" s="10">
+        <v>4.3120000000000003</v>
+      </c>
+      <c r="F361" s="34" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G361" s="33" t="s">
+        <v>361</v>
+      </c>
+      <c r="H361" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I361" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J361" s="19"/>
+    </row>
+    <row r="362" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A362" s="6" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B362" s="7" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C362" s="8" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D362" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E362" s="10">
+        <v>1.2190000000000001</v>
+      </c>
+      <c r="F362" s="20" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G362" s="20"/>
+      <c r="H362" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I362" s="22" t="s">
+        <v>1198</v>
+      </c>
+      <c r="J362" s="19"/>
+    </row>
+    <row r="363" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A363" s="11" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B363" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C363" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D363" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E363" s="15">
+        <v>7.7439999999999998</v>
+      </c>
+      <c r="F363" s="20" t="s">
+        <v>1200</v>
+      </c>
+      <c r="G363" s="20"/>
+      <c r="H363" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I363" s="23" t="s">
+        <v>1201</v>
+      </c>
+      <c r="J363" s="19"/>
+    </row>
+    <row r="364" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A364" s="6" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B364" s="7" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C364" s="8" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D364" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E364" s="10">
+        <v>1.4850000000000001</v>
+      </c>
+      <c r="F364" s="20" t="s">
+        <v>1205</v>
+      </c>
+      <c r="G364" s="20" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H364" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I364" s="22" t="s">
+        <v>1207</v>
+      </c>
+      <c r="J364" s="19"/>
+    </row>
+    <row r="365" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A365" s="11" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B365" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C365" s="13" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D365" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E365" s="15">
+        <v>8.6969999999999992</v>
+      </c>
+      <c r="F365" s="35" t="s">
+        <v>1649</v>
+      </c>
+      <c r="G365" s="20"/>
+      <c r="H365" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I365" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J365" s="19"/>
+    </row>
+    <row r="366" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A366" s="11" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B366" s="12" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C366" s="13" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D366" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E366" s="15">
+        <v>1.1180000000000001</v>
+      </c>
+      <c r="F366" s="20" t="s">
+        <v>1213</v>
+      </c>
+      <c r="G366" s="20"/>
+      <c r="H366" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I366" s="22" t="s">
+        <v>1214</v>
+      </c>
+      <c r="J366" s="19"/>
+    </row>
+    <row r="367" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A367" s="11" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B367" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C367" s="13" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D367" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E367" s="15">
+        <v>1.536</v>
+      </c>
+      <c r="F367" s="32">
+        <v>4550</v>
+      </c>
+      <c r="G367" s="20"/>
+      <c r="H367" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I367" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J367" s="19"/>
+    </row>
+    <row r="368" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A368" s="6" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B368" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C368" s="8" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D368" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E368" s="10">
+        <v>2.4630000000000001</v>
+      </c>
+      <c r="F368" s="32">
+        <v>4440</v>
+      </c>
+      <c r="G368" s="20"/>
+      <c r="H368" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I368" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J368" s="19"/>
+    </row>
+    <row r="369" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A369" s="11" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B369" s="12" t="s">
+        <v>343</v>
+      </c>
+      <c r="C369" s="13" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D369" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E369" s="15">
+        <v>1.159</v>
+      </c>
+      <c r="F369" s="21" t="s">
+        <v>724</v>
+      </c>
+      <c r="G369" s="21"/>
+      <c r="H369" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I369" s="22" t="s">
+        <v>1221</v>
+      </c>
+      <c r="J369" s="19"/>
+    </row>
+    <row r="370" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A370" s="11" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B370" s="12" t="s">
+        <v>377</v>
+      </c>
+      <c r="C370" s="13" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D370" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E370" s="17">
+        <v>1.9359999999999999</v>
+      </c>
+      <c r="F370" s="20">
+        <v>0</v>
+      </c>
+      <c r="G370" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H370" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I370" s="22" t="s">
+        <v>1224</v>
+      </c>
+      <c r="J370" s="19"/>
+    </row>
+    <row r="371" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A371" s="6" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B371" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="C371" s="8" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D371" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E371" s="10">
+        <v>1.9359999999999999</v>
+      </c>
+      <c r="F371" s="20">
+        <v>0</v>
+      </c>
+      <c r="G371" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H371" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I371" s="22" t="s">
+        <v>1224</v>
+      </c>
+      <c r="J371" s="19"/>
+    </row>
+    <row r="372" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A372" s="6" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B372" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C372" s="8" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D372" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E372" s="10">
+        <v>1.343</v>
+      </c>
+      <c r="F372" s="20" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G372" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H372" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I372" s="22" t="s">
+        <v>1228</v>
+      </c>
+      <c r="J372" s="19"/>
+    </row>
+    <row r="373" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A373" s="11" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B373" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C373" s="13" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D373" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E373" s="15">
+        <v>1.101</v>
+      </c>
+      <c r="F373" s="32">
+        <v>3880</v>
+      </c>
+      <c r="G373" s="20"/>
+      <c r="H373" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I373" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J373" s="19"/>
+    </row>
+    <row r="374" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A374" s="11" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B374" s="12" t="s">
+        <v>343</v>
+      </c>
+      <c r="C374" s="13" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D374" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E374" s="15">
+        <v>1.18</v>
+      </c>
+      <c r="F374" s="21" t="s">
+        <v>289</v>
+      </c>
+      <c r="G374" s="21"/>
+      <c r="H374" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I374" s="22" t="s">
+        <v>1233</v>
+      </c>
+      <c r="J374" s="19"/>
+    </row>
+    <row r="375" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A375" s="6" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B375" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C375" s="8" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D375" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E375" s="10">
+        <v>6.6550000000000002</v>
+      </c>
+      <c r="F375" s="35" t="s">
+        <v>1656</v>
+      </c>
+      <c r="G375" s="20"/>
+      <c r="H375" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I375" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J375" s="19"/>
+    </row>
+    <row r="376" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A376" s="11" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B376" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C376" s="13" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D376" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E376" s="15">
+        <v>1.2190000000000001</v>
+      </c>
+      <c r="F376" s="36" t="s">
+        <v>1238</v>
+      </c>
+      <c r="G376" s="38" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H376" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I376" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J376" s="19"/>
+    </row>
+    <row r="377" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A377" s="11" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B377" s="12" t="s">
+        <v>377</v>
+      </c>
+      <c r="C377" s="13" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D377" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E377" s="15">
+        <v>3.948</v>
+      </c>
+      <c r="F377" s="20">
+        <v>0</v>
+      </c>
+      <c r="G377" s="20"/>
+      <c r="H377" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I377" s="22" t="s">
+        <v>1241</v>
+      </c>
+      <c r="J377" s="19"/>
+    </row>
+    <row r="378" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A378" s="6" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B378" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="C378" s="8" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D378" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E378" s="10">
+        <v>5.2750000000000004</v>
+      </c>
+      <c r="F378" s="20" t="s">
+        <v>647</v>
+      </c>
+      <c r="G378" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H378" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I378" s="22" t="s">
+        <v>1244</v>
+      </c>
+      <c r="J378" s="19"/>
+    </row>
+    <row r="379" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A379" s="6" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B379" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C379" s="8" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D379" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E379" s="10">
+        <v>3.7360000000000002</v>
+      </c>
+      <c r="F379" s="24" t="s">
+        <v>1657</v>
+      </c>
+      <c r="G379" s="20"/>
+      <c r="H379" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I379" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J379" s="19"/>
+    </row>
+    <row r="380" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A380" s="11" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B380" s="12" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C380" s="13" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D380" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E380" s="15">
+        <v>1.2330000000000001</v>
+      </c>
+      <c r="F380" s="24" t="s">
+        <v>1250</v>
+      </c>
+      <c r="G380" s="20" t="s">
+        <v>1251</v>
+      </c>
+      <c r="H380" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I380" s="22" t="s">
+        <v>1252</v>
+      </c>
+      <c r="J380" s="19"/>
+    </row>
+    <row r="381" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A381" s="11" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B381" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C381" s="13" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D381" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E381" s="15">
+        <v>1.296</v>
+      </c>
+      <c r="F381" s="20" t="s">
+        <v>681</v>
+      </c>
+      <c r="G381" s="20"/>
+      <c r="H381" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I381" s="23" t="s">
+        <v>1255</v>
+      </c>
+      <c r="J381" s="19"/>
+    </row>
+    <row r="382" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A382" s="6" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B382" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="C382" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D382" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E382" s="10">
+        <v>1.1559999999999999</v>
+      </c>
+      <c r="F382" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G382" s="20"/>
+      <c r="H382" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I382" s="22" t="s">
+        <v>161</v>
+      </c>
+      <c r="J382" s="19"/>
+    </row>
+    <row r="383" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A383" s="11" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B383" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="C383" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D383" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E383" s="15">
+        <v>1.653</v>
+      </c>
+      <c r="F383" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G383" s="20"/>
+      <c r="H383" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I383" s="22" t="s">
+        <v>161</v>
+      </c>
+      <c r="J383" s="19"/>
+    </row>
+    <row r="384" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A384" s="6" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B384" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C384" s="8" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D384" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E384" s="10">
+        <v>1.4419999999999999</v>
+      </c>
+      <c r="F384" s="20" t="s">
+        <v>1110</v>
+      </c>
+      <c r="G384" s="20"/>
+      <c r="H384" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I384" s="22" t="s">
+        <v>1260</v>
+      </c>
+      <c r="J384" s="19"/>
+    </row>
+    <row r="385" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A385" s="11" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B385" s="12" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C385" s="13" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D385" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E385" s="15">
+        <v>2.6469999999999998</v>
+      </c>
+      <c r="F385" s="20" t="s">
+        <v>1264</v>
+      </c>
+      <c r="G385" s="20"/>
+      <c r="H385" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I385" s="22" t="s">
+        <v>1265</v>
+      </c>
+      <c r="J385" s="19"/>
+    </row>
+    <row r="386" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A386" s="6" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B386" s="7" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C386" s="8" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D386" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E386" s="10">
+        <v>1.0469999999999999</v>
+      </c>
+      <c r="F386" s="20" t="s">
+        <v>1269</v>
+      </c>
+      <c r="G386" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H386" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I386" s="22" t="s">
+        <v>1270</v>
+      </c>
+      <c r="J386" s="19"/>
+    </row>
+    <row r="387" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A387" s="11" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B387" s="12" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C387" s="13" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D387" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E387" s="15">
+        <v>2.944</v>
+      </c>
+      <c r="F387" s="37">
+        <v>3450</v>
+      </c>
+      <c r="G387" s="20"/>
+      <c r="H387" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I387" s="22" t="s">
+        <v>1273</v>
+      </c>
+      <c r="J387" s="19"/>
+    </row>
+    <row r="388" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A388" s="6" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B388" s="7" t="s">
+        <v>377</v>
+      </c>
+      <c r="C388" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D388" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E388" s="10">
+        <v>8.8010000000000002</v>
+      </c>
+      <c r="F388" s="20" t="s">
+        <v>1275</v>
+      </c>
+      <c r="G388" s="20"/>
+      <c r="H388" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I388" s="22" t="s">
+        <v>1274</v>
+      </c>
+      <c r="J388" s="19"/>
+    </row>
+    <row r="389" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A389" s="6" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B389" s="7" t="s">
+        <v>484</v>
+      </c>
+      <c r="C389" s="8" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D389" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E389" s="10">
+        <v>9.94</v>
+      </c>
+      <c r="F389" s="40" t="s">
+        <v>1278</v>
+      </c>
+      <c r="G389" s="20"/>
+      <c r="H389" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I389" s="23" t="s">
+        <v>1279</v>
+      </c>
+      <c r="J389" s="19"/>
+    </row>
+    <row r="390" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A390" s="11" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B390" s="12" t="s">
+        <v>484</v>
+      </c>
+      <c r="C390" s="13" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D390" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E390" s="15">
+        <v>6.6749999999999998</v>
+      </c>
+      <c r="F390" s="20" t="s">
+        <v>1282</v>
+      </c>
+      <c r="G390" s="20"/>
+      <c r="H390" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I390" s="23" t="s">
+        <v>1283</v>
+      </c>
+      <c r="J390" s="19"/>
+    </row>
+    <row r="391" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A391" s="11" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B391" s="12" t="s">
+        <v>484</v>
+      </c>
+      <c r="C391" s="13" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D391" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E391" s="15">
+        <v>7.056</v>
+      </c>
+      <c r="F391" s="20" t="s">
+        <v>1282</v>
+      </c>
+      <c r="G391" s="20"/>
+      <c r="H391" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I391" s="23" t="s">
+        <v>1286</v>
+      </c>
+      <c r="J391" s="19"/>
+    </row>
+    <row r="392" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A392" s="6" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B392" s="7" t="s">
+        <v>484</v>
+      </c>
+      <c r="C392" s="8" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D392" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E392" s="10">
+        <v>19.053000000000001</v>
+      </c>
+      <c r="F392" s="20" t="s">
+        <v>1282</v>
+      </c>
+      <c r="G392" s="20"/>
+      <c r="H392" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I392" s="23" t="s">
+        <v>1289</v>
+      </c>
+      <c r="J392" s="19"/>
+    </row>
+    <row r="393" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A393" s="6" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B393" s="7" t="s">
+        <v>484</v>
+      </c>
+      <c r="C393" s="8" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D393" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E393" s="10">
+        <v>23.029</v>
+      </c>
+      <c r="F393" s="20" t="s">
+        <v>1282</v>
+      </c>
+      <c r="G393" s="20"/>
+      <c r="H393" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I393" s="23" t="s">
+        <v>1292</v>
+      </c>
+      <c r="J393" s="19"/>
+    </row>
+    <row r="394" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A394" s="11" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B394" s="12" t="s">
+        <v>484</v>
+      </c>
+      <c r="C394" s="13" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D394" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E394" s="15">
+        <v>26.419</v>
+      </c>
+      <c r="F394" s="20" t="s">
+        <v>1282</v>
+      </c>
+      <c r="G394" s="20"/>
+      <c r="H394" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I394" s="23" t="s">
+        <v>1295</v>
+      </c>
+      <c r="J394" s="19"/>
+    </row>
+    <row r="395" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A395" s="11" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B395" s="12" t="s">
+        <v>484</v>
+      </c>
+      <c r="C395" s="13" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D395" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E395" s="15">
+        <v>8.2080000000000002</v>
+      </c>
+      <c r="F395" s="20" t="s">
+        <v>1282</v>
+      </c>
+      <c r="G395" s="20"/>
+      <c r="H395" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I395" s="23" t="s">
+        <v>1298</v>
+      </c>
+      <c r="J395" s="19"/>
+    </row>
+    <row r="396" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A396" s="6" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B396" s="7" t="s">
+        <v>484</v>
+      </c>
+      <c r="C396" s="8" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D396" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E396" s="10">
+        <v>5.7030000000000003</v>
+      </c>
+      <c r="F396" s="20" t="s">
+        <v>1282</v>
+      </c>
+      <c r="G396" s="20"/>
+      <c r="H396" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I396" s="23" t="s">
+        <v>1301</v>
+      </c>
+      <c r="J396" s="19"/>
+    </row>
+    <row r="397" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A397" s="11" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B397" s="12" t="s">
+        <v>484</v>
+      </c>
+      <c r="C397" s="13" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D397" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E397" s="15">
+        <v>7.4260000000000002</v>
+      </c>
+      <c r="F397" s="20"/>
+      <c r="G397" s="20" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H397" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I397" s="22" t="s">
+        <v>1305</v>
+      </c>
+      <c r="J397" s="19"/>
+    </row>
+    <row r="398" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A398" s="6" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B398" s="7" t="s">
+        <v>484</v>
+      </c>
+      <c r="C398" s="8" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D398" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E398" s="10">
+        <v>25.783000000000001</v>
+      </c>
+      <c r="F398" s="20"/>
+      <c r="G398" s="20" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H398" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I398" s="22" t="s">
+        <v>1308</v>
+      </c>
+      <c r="J398" s="19"/>
+    </row>
+    <row r="399" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A399" s="6" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B399" s="7" t="s">
+        <v>484</v>
+      </c>
+      <c r="C399" s="8" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D399" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E399" s="10">
+        <v>30.606000000000002</v>
+      </c>
+      <c r="F399" s="20"/>
+      <c r="G399" s="20" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H399" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I399" s="22" t="s">
+        <v>1311</v>
+      </c>
+      <c r="J399" s="19"/>
+    </row>
+    <row r="400" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A400" s="11" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B400" s="12" t="s">
+        <v>484</v>
+      </c>
+      <c r="C400" s="13" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D400" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E400" s="15">
+        <v>44.868000000000002</v>
+      </c>
+      <c r="F400" s="20"/>
+      <c r="G400" s="20" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H400" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I400" s="22" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J400" s="19"/>
+    </row>
+    <row r="401" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A401" s="11" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B401" s="12" t="s">
+        <v>484</v>
+      </c>
+      <c r="C401" s="13" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D401" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E401" s="15">
+        <v>6.8390000000000004</v>
+      </c>
+      <c r="F401" s="20" t="s">
+        <v>1282</v>
+      </c>
+      <c r="G401" s="20"/>
+      <c r="H401" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I401" s="23" t="s">
+        <v>1317</v>
+      </c>
+      <c r="J401" s="19"/>
+    </row>
+    <row r="402" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A402" s="6" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B402" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C402" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D402" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E402" s="10">
+        <v>1.1719999999999999</v>
+      </c>
+      <c r="F402" s="20"/>
+      <c r="G402" s="20"/>
+      <c r="H402" s="21"/>
+      <c r="I402" s="23"/>
+      <c r="J402" s="19"/>
+    </row>
+    <row r="403" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A403" s="11" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B403" s="12" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C403" s="13" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D403" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E403" s="15">
+        <v>1.2430000000000001</v>
+      </c>
+      <c r="F403" s="20"/>
+      <c r="G403" s="20"/>
+      <c r="H403" s="21"/>
+      <c r="I403" s="22" t="s">
+        <v>1319</v>
+      </c>
+      <c r="J403" s="19"/>
+    </row>
+    <row r="404" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A404" s="6" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B404" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="C404" s="8" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D404" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E404" s="10">
+        <v>1.4570000000000001</v>
+      </c>
+      <c r="F404" s="24" t="s">
+        <v>1324</v>
+      </c>
+      <c r="G404" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H404" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I404" s="22" t="s">
+        <v>1325</v>
+      </c>
+      <c r="J404" s="19"/>
+    </row>
+    <row r="405" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A405" s="6" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B405" s="7" t="s">
+        <v>494</v>
+      </c>
+      <c r="C405" s="8" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D405" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E405" s="10">
+        <v>3.03</v>
+      </c>
+      <c r="F405" s="20" t="s">
+        <v>1328</v>
+      </c>
+      <c r="G405" s="20"/>
+      <c r="H405" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I405" s="22" t="s">
+        <v>1329</v>
+      </c>
+      <c r="J405" s="19"/>
+    </row>
+    <row r="406" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A406" s="11" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B406" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C406" s="13" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D406" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E406" s="15">
+        <v>2.7440000000000002</v>
+      </c>
+      <c r="F406" s="32">
+        <v>5070</v>
+      </c>
+      <c r="G406" s="20"/>
+      <c r="H406" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I406" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J406" s="19"/>
+    </row>
+    <row r="407" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A407" s="11" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B407" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C407" s="13" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D407" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E407" s="15">
+        <v>1.036</v>
+      </c>
+      <c r="F407" s="32">
+        <v>3170</v>
+      </c>
+      <c r="G407" s="20"/>
+      <c r="H407" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I407" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J407" s="19"/>
+    </row>
+    <row r="408" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A408" s="11" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B408" s="12" t="s">
+        <v>484</v>
+      </c>
+      <c r="C408" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D408" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E408" s="15">
+        <v>2.4500000000000002</v>
+      </c>
+      <c r="F408" s="20" t="s">
+        <v>1335</v>
+      </c>
+      <c r="G408" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H408" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I408" s="23" t="s">
+        <v>1336</v>
+      </c>
+      <c r="J408" s="19"/>
+    </row>
+    <row r="409" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A409" s="6" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B409" s="7" t="s">
+        <v>484</v>
+      </c>
+      <c r="C409" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D409" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E409" s="10">
+        <v>2.157</v>
+      </c>
+      <c r="F409" s="20" t="s">
+        <v>485</v>
+      </c>
+      <c r="G409" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H409" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I409" s="23" t="s">
+        <v>1338</v>
+      </c>
+      <c r="J409" s="19"/>
+    </row>
+    <row r="410" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A410" s="11" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B410" s="12" t="s">
+        <v>484</v>
+      </c>
+      <c r="C410" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D410" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E410" s="15">
+        <v>1.2110000000000001</v>
+      </c>
+      <c r="F410" s="20" t="s">
+        <v>351</v>
+      </c>
+      <c r="G410" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H410" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I410" s="23" t="s">
+        <v>1340</v>
+      </c>
+      <c r="J410" s="19"/>
+    </row>
+    <row r="411" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A411" s="6" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B411" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="C411" s="8" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D411" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E411" s="10">
+        <v>1.234</v>
+      </c>
+      <c r="F411" s="20" t="s">
+        <v>1343</v>
+      </c>
+      <c r="G411" s="20"/>
+      <c r="H411" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I411" s="22" t="s">
+        <v>1344</v>
+      </c>
+      <c r="J411" s="19"/>
+    </row>
+    <row r="412" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A412" s="6" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B412" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C412" s="8" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D412" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E412" s="10">
+        <v>5.99</v>
+      </c>
+      <c r="F412" s="34" t="s">
+        <v>1347</v>
+      </c>
+      <c r="G412" s="33" t="s">
+        <v>361</v>
+      </c>
+      <c r="H412" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I412" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J412" s="19"/>
+    </row>
+    <row r="413" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A413" s="6" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B413" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C413" s="8" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D413" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E413" s="10">
+        <v>1.5329999999999999</v>
+      </c>
+      <c r="F413" s="20" t="s">
+        <v>650</v>
+      </c>
+      <c r="G413" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H413" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I413" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J413" s="19"/>
+    </row>
+    <row r="414" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A414" s="11" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B414" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C414" s="13" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D414" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E414" s="15">
+        <v>1.264</v>
+      </c>
+      <c r="F414" s="32">
+        <v>3170</v>
+      </c>
+      <c r="G414" s="38" t="s">
+        <v>117</v>
+      </c>
+      <c r="H414" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I414" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J414" s="19"/>
+    </row>
+    <row r="415" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A415" s="11" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B415" s="12" t="s">
+        <v>377</v>
+      </c>
+      <c r="C415" s="13" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D415" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E415" s="15">
+        <v>1.9910000000000001</v>
+      </c>
+      <c r="F415" s="20">
+        <v>0</v>
+      </c>
+      <c r="G415" s="20"/>
+      <c r="H415" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I415" s="22" t="s">
+        <v>1354</v>
+      </c>
+      <c r="J415" s="19"/>
+    </row>
+    <row r="416" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A416" s="6" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B416" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="C416" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D416" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E416" s="10">
+        <v>1.9710000000000001</v>
+      </c>
+      <c r="F416" s="37">
+        <v>1400</v>
+      </c>
+      <c r="G416" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H416" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I416" s="22" t="s">
+        <v>940</v>
+      </c>
+      <c r="J416" s="19"/>
+    </row>
+    <row r="417" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A417" s="6" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B417" s="7" t="s">
+        <v>465</v>
+      </c>
+      <c r="C417" s="8" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D417" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E417" s="10">
+        <v>1.3540000000000001</v>
+      </c>
+      <c r="F417" s="34" t="s">
+        <v>1358</v>
+      </c>
+      <c r="G417" s="33" t="s">
+        <v>1359</v>
+      </c>
+      <c r="H417" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I417" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J417" s="19"/>
+    </row>
+    <row r="418" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A418" s="11" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B418" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C418" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D418" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E418" s="15">
+        <v>1.28</v>
+      </c>
+      <c r="F418" s="20" t="s">
+        <v>302</v>
+      </c>
+      <c r="G418" s="20"/>
+      <c r="H418" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I418" s="23" t="s">
+        <v>1361</v>
+      </c>
+      <c r="J418" s="19"/>
+    </row>
+    <row r="419" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A419" s="11" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B419" s="12" t="s">
+        <v>228</v>
+      </c>
+      <c r="C419" s="13" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D419" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E419" s="15">
+        <v>1.125</v>
+      </c>
+      <c r="F419" s="20" t="s">
+        <v>706</v>
+      </c>
+      <c r="G419" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H419" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I419" s="22" t="s">
+        <v>707</v>
+      </c>
+      <c r="J419" s="19"/>
+    </row>
+    <row r="420" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A420" s="6" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B420" s="7" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C420" s="8" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D420" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E420" s="16">
+        <v>1.044</v>
+      </c>
+      <c r="F420" s="20"/>
+      <c r="G420" s="20"/>
+      <c r="H420" s="21"/>
+      <c r="I420" s="22" t="s">
+        <v>1366</v>
+      </c>
+      <c r="J420" s="19"/>
+    </row>
+    <row r="421" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A421" s="11" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B421" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C421" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D421" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E421" s="15">
+        <v>1.6850000000000001</v>
+      </c>
+      <c r="F421" s="36" t="s">
+        <v>1368</v>
+      </c>
+      <c r="G421" s="20" t="s">
+        <v>117</v>
+      </c>
+      <c r="H421" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I421" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J421" s="19"/>
+    </row>
+    <row r="422" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A422" s="11" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B422" s="12" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C422" s="13" t="s">
+        <v>1371</v>
+      </c>
+      <c r="D422" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E422" s="15">
+        <v>2.3119999999999998</v>
+      </c>
+      <c r="F422" s="20"/>
+      <c r="G422" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H422" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I422" s="22" t="s">
+        <v>1372</v>
+      </c>
+      <c r="J422" s="19"/>
+    </row>
+    <row r="423" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A423" s="6" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B423" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C423" s="8" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D423" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E423" s="10">
+        <v>1.2829999999999999</v>
+      </c>
+      <c r="F423" s="20" t="s">
+        <v>1375</v>
+      </c>
+      <c r="G423" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H423" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I423" s="22" t="s">
+        <v>1376</v>
+      </c>
+      <c r="J423" s="19"/>
+    </row>
+    <row r="424" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A424" s="6" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B424" s="7" t="s">
+        <v>221</v>
+      </c>
+      <c r="C424" s="8" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D424" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E424" s="10">
+        <v>1.0369999999999999</v>
+      </c>
+      <c r="F424" s="20" t="s">
+        <v>1379</v>
+      </c>
+      <c r="G424" s="20"/>
+      <c r="H424" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I424" s="22" t="s">
+        <v>1380</v>
+      </c>
+      <c r="J424" s="19"/>
+    </row>
+    <row r="425" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A425" s="6" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B425" s="7" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C425" s="8" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D425" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E425" s="16">
+        <v>0.73</v>
+      </c>
+      <c r="F425" s="20" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G425" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H425" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I425" s="22" t="s">
+        <v>1385</v>
+      </c>
+      <c r="J425" s="19"/>
+    </row>
+    <row r="426" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A426" s="6" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B426" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="C426" s="8" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D426" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E426" s="10">
+        <v>2.3279999999999998</v>
+      </c>
+      <c r="F426" s="37">
+        <v>1995</v>
+      </c>
+      <c r="G426" s="20"/>
+      <c r="H426" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I426" s="22" t="s">
+        <v>940</v>
+      </c>
+      <c r="J426" s="19"/>
+    </row>
+    <row r="427" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A427" s="6" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B427" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C427" s="8" t="s">
+        <v>1389</v>
+      </c>
+      <c r="D427" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E427" s="10">
+        <v>3.46</v>
+      </c>
+      <c r="F427" s="20" t="s">
+        <v>1390</v>
+      </c>
+      <c r="G427" s="20"/>
+      <c r="H427" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I427" s="22" t="s">
+        <v>1391</v>
+      </c>
+      <c r="J427" s="19"/>
+    </row>
+    <row r="428" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A428" s="6" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B428" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C428" s="8" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D428" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E428" s="10">
+        <v>1.385</v>
+      </c>
+      <c r="F428" s="20">
+        <v>0</v>
+      </c>
+      <c r="G428" s="20"/>
+      <c r="H428" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I428" s="22" t="s">
+        <v>1394</v>
+      </c>
+      <c r="J428" s="19"/>
+    </row>
+    <row r="429" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A429" s="6" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B429" s="7" t="s">
+        <v>221</v>
+      </c>
+      <c r="C429" s="8" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D429" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E429" s="10">
+        <v>1.1919999999999999</v>
+      </c>
+      <c r="F429" s="20" t="s">
+        <v>256</v>
+      </c>
+      <c r="G429" s="20"/>
+      <c r="H429" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I429" s="22" t="s">
+        <v>1397</v>
+      </c>
+      <c r="J429" s="19"/>
+    </row>
+    <row r="430" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A430" s="11" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B430" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C430" s="13" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D430" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E430" s="15">
+        <v>0.996</v>
+      </c>
+      <c r="F430" s="32">
+        <v>4360</v>
+      </c>
+      <c r="G430" s="20"/>
+      <c r="H430" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I430" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J430" s="19"/>
+    </row>
+    <row r="431" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A431" s="11" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B431" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C431" s="13" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D431" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E431" s="15">
+        <v>1.071</v>
+      </c>
+      <c r="F431" s="34" t="s">
+        <v>1402</v>
+      </c>
+      <c r="G431" s="33" t="s">
+        <v>333</v>
+      </c>
+      <c r="H431" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I431" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J431" s="19"/>
+    </row>
+    <row r="432" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A432" s="6" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B432" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C432" s="8" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D432" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E432" s="16">
+        <v>0.92800000000000005</v>
+      </c>
+      <c r="F432" s="20">
+        <v>0</v>
+      </c>
+      <c r="G432" s="20"/>
+      <c r="H432" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I432" s="22" t="s">
+        <v>1405</v>
+      </c>
+      <c r="J432" s="19"/>
+    </row>
+    <row r="433" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A433" s="6" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B433" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C433" s="8" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D433" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E433" s="10">
+        <v>2.722</v>
+      </c>
+      <c r="F433" s="36" t="s">
+        <v>695</v>
+      </c>
+      <c r="G433" s="38" t="s">
+        <v>1150</v>
+      </c>
+      <c r="H433" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I433" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J433" s="19"/>
+    </row>
+    <row r="434" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A434" s="11" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B434" s="12" t="s">
+        <v>465</v>
+      </c>
+      <c r="C434" s="13" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D434" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E434" s="15">
+        <v>3.7</v>
+      </c>
+      <c r="F434" s="34" t="s">
+        <v>1402</v>
+      </c>
+      <c r="G434" s="33" t="s">
+        <v>333</v>
+      </c>
+      <c r="H434" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I434" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J434" s="19"/>
+    </row>
+    <row r="435" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A435" s="6" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B435" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C435" s="8" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D435" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E435" s="10">
+        <v>1.6579999999999999</v>
+      </c>
+      <c r="F435" s="32">
+        <v>4560</v>
+      </c>
+      <c r="G435" s="20"/>
+      <c r="H435" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I435" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J435" s="19"/>
+    </row>
+    <row r="436" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A436" s="6" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B436" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C436" s="8" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D436" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E436" s="10">
+        <v>1.042</v>
+      </c>
+      <c r="F436" s="20">
+        <v>0</v>
+      </c>
+      <c r="G436" s="20"/>
+      <c r="H436" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I436" s="22" t="s">
+        <v>1414</v>
+      </c>
+      <c r="J436" s="19"/>
+    </row>
+    <row r="437" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A437" s="11" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B437" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C437" s="13" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D437" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E437" s="15">
+        <v>3.2759999999999998</v>
+      </c>
+      <c r="F437" s="24" t="s">
+        <v>1659</v>
+      </c>
+      <c r="G437" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H437" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I437" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J437" s="19"/>
+    </row>
+    <row r="438" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A438" s="6" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B438" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="C438" s="8" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D438" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E438" s="10">
+        <v>1.2849999999999999</v>
+      </c>
+      <c r="F438" s="20" t="s">
+        <v>1419</v>
+      </c>
+      <c r="G438" s="20" t="s">
+        <v>1420</v>
+      </c>
+      <c r="H438" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I438" s="22" t="s">
+        <v>1421</v>
+      </c>
+      <c r="J438" s="19"/>
+    </row>
+    <row r="439" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A439" s="6" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B439" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C439" s="8" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D439" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E439" s="10">
+        <v>1.647</v>
+      </c>
+      <c r="F439" s="32">
+        <v>4600</v>
+      </c>
+      <c r="G439" s="20"/>
+      <c r="H439" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I439" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J439" s="19"/>
+    </row>
+    <row r="440" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A440" s="6" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B440" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C440" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D440" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E440" s="10">
+        <v>1.105</v>
+      </c>
+      <c r="F440" s="20" t="s">
+        <v>1425</v>
+      </c>
+      <c r="G440" s="20"/>
+      <c r="H440" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I440" s="23" t="s">
+        <v>1426</v>
+      </c>
+      <c r="J440" s="19"/>
+    </row>
+    <row r="441" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A441" s="11" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B441" s="12" t="s">
+        <v>687</v>
+      </c>
+      <c r="C441" s="13" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D441" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E441" s="17">
+        <v>1.3080000000000001</v>
+      </c>
+      <c r="F441" s="20" t="s">
+        <v>787</v>
+      </c>
+      <c r="G441" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H441" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I441" s="22" t="s">
+        <v>1429</v>
+      </c>
+      <c r="J441" s="19"/>
+    </row>
+    <row r="442" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A442" s="11" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B442" s="12" t="s">
+        <v>687</v>
+      </c>
+      <c r="C442" s="13" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D442" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E442" s="15">
+        <v>1.3080000000000001</v>
+      </c>
+      <c r="F442" s="20" t="s">
+        <v>787</v>
+      </c>
+      <c r="G442" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H442" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I442" s="22" t="s">
+        <v>1429</v>
+      </c>
+      <c r="J442" s="19"/>
+    </row>
+    <row r="443" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A443" s="6" t="s">
+        <v>1430</v>
+      </c>
+      <c r="B443" s="7" t="s">
+        <v>465</v>
+      </c>
+      <c r="C443" s="8" t="s">
+        <v>1431</v>
+      </c>
+      <c r="D443" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E443" s="10">
+        <v>1.895</v>
+      </c>
+      <c r="F443" s="34" t="s">
+        <v>1432</v>
+      </c>
+      <c r="G443" s="33" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H443" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I443" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J443" s="19"/>
+    </row>
+    <row r="444" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A444" s="11" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B444" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C444" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D444" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E444" s="15">
+        <v>1.2230000000000001</v>
+      </c>
+      <c r="F444" s="36" t="s">
+        <v>1434</v>
+      </c>
+      <c r="G444" s="38" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H444" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I444" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J444" s="19"/>
+    </row>
+    <row r="445" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A445" s="11" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B445" s="12" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C445" s="13" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D445" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E445" s="15">
+        <v>3.3650000000000002</v>
+      </c>
+      <c r="F445" s="20" t="s">
+        <v>1438</v>
+      </c>
+      <c r="G445" s="20"/>
+      <c r="H445" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I445" s="22" t="s">
+        <v>1439</v>
+      </c>
+      <c r="J445" s="19"/>
+    </row>
+    <row r="446" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A446" s="11" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B446" s="12" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C446" s="13" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D446" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E446" s="15">
+        <v>1.7410000000000001</v>
+      </c>
+      <c r="F446" s="20" t="s">
+        <v>1442</v>
+      </c>
+      <c r="G446" s="20"/>
+      <c r="H446" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I446" s="22" t="s">
+        <v>1439</v>
+      </c>
+      <c r="J446" s="19"/>
+    </row>
+    <row r="447" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A447" s="11" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B447" s="12" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C447" s="13" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D447" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E447" s="15">
+        <v>1.95</v>
+      </c>
+      <c r="F447" s="20" t="s">
+        <v>1442</v>
+      </c>
+      <c r="G447" s="20"/>
+      <c r="H447" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I447" s="22" t="s">
+        <v>1439</v>
+      </c>
+      <c r="J447" s="19"/>
+    </row>
+    <row r="448" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A448" s="6" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B448" s="7" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C448" s="8" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D448" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E448" s="10">
+        <v>1.79</v>
+      </c>
+      <c r="F448" s="20" t="s">
+        <v>1442</v>
+      </c>
+      <c r="G448" s="20"/>
+      <c r="H448" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I448" s="22" t="s">
+        <v>1439</v>
+      </c>
+      <c r="J448" s="19"/>
+    </row>
+    <row r="449" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A449" s="6" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B449" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C449" s="8" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D449" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E449" s="16">
+        <v>0.88100000000000001</v>
+      </c>
+      <c r="F449" s="20" t="s">
+        <v>1132</v>
+      </c>
+      <c r="G449" s="20"/>
+      <c r="H449" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I449" s="22" t="s">
+        <v>1449</v>
+      </c>
+      <c r="J449" s="19"/>
+    </row>
+    <row r="450" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A450" s="11" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B450" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C450" s="13" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D450" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E450" s="17">
+        <v>1.1639999999999999</v>
+      </c>
+      <c r="F450" s="20">
+        <v>0</v>
+      </c>
+      <c r="G450" s="20"/>
+      <c r="H450" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I450" s="22" t="s">
+        <v>1452</v>
+      </c>
+      <c r="J450" s="19"/>
+    </row>
+    <row r="451" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A451" s="11" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B451" s="12" t="s">
+        <v>305</v>
+      </c>
+      <c r="C451" s="13" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D451" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E451" s="15">
+        <v>1.6180000000000001</v>
+      </c>
+      <c r="F451" s="37">
+        <v>1995</v>
+      </c>
+      <c r="G451" s="20"/>
+      <c r="H451" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I451" s="22" t="s">
+        <v>940</v>
+      </c>
+      <c r="J451" s="19"/>
+    </row>
+    <row r="452" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A452" s="6" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B452" s="7" t="s">
+        <v>494</v>
+      </c>
+      <c r="C452" s="8" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D452" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E452" s="10">
         <v>1</v>
       </c>
-      <c r="C2" s="5" t="s">
-[...182 lines deleted...]
-      <c r="B12" s="1" t="s">
+      <c r="F452" s="20" t="s">
+        <v>1328</v>
+      </c>
+      <c r="G452" s="20"/>
+      <c r="H452" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I452" s="22" t="s">
+        <v>1329</v>
+      </c>
+      <c r="J452" s="19"/>
+    </row>
+    <row r="453" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A453" s="6" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B453" s="7" t="s">
+        <v>494</v>
+      </c>
+      <c r="C453" s="8" t="s">
+        <v>1458</v>
+      </c>
+      <c r="D453" s="14" t="s">
         <v>22</v>
       </c>
-      <c r="C12" s="5" t="s">
-[...81 lines deleted...]
-      <c r="B17" s="2" t="s">
+      <c r="E453" s="10">
+        <v>3.8479999999999999</v>
+      </c>
+      <c r="F453" s="20" t="s">
+        <v>1459</v>
+      </c>
+      <c r="G453" s="20"/>
+      <c r="H453" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I453" s="22" t="s">
+        <v>1460</v>
+      </c>
+      <c r="J453" s="19"/>
+    </row>
+    <row r="454" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A454" s="11" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B454" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C454" s="13" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D454" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E454" s="15">
+        <v>5.859</v>
+      </c>
+      <c r="F454" s="34" t="s">
+        <v>1463</v>
+      </c>
+      <c r="G454" s="33" t="s">
+        <v>837</v>
+      </c>
+      <c r="H454" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I454" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J454" s="19"/>
+    </row>
+    <row r="455" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A455" s="6" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B455" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="C17" s="7">
-[...27 lines deleted...]
-      <c r="B19" s="1" t="s">
+      <c r="C455" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D455" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E455" s="10">
+        <v>3.6970000000000001</v>
+      </c>
+      <c r="F455" s="32">
+        <v>3750</v>
+      </c>
+      <c r="G455" s="20"/>
+      <c r="H455" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I455" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J455" s="19"/>
+    </row>
+    <row r="456" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A456" s="11" t="s">
+        <v>1466</v>
+      </c>
+      <c r="B456" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C456" s="13" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D456" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E456" s="15">
+        <v>1.02</v>
+      </c>
+      <c r="F456" s="32">
+        <v>4000</v>
+      </c>
+      <c r="G456" s="20"/>
+      <c r="H456" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I456" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J456" s="19"/>
+    </row>
+    <row r="457" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A457" s="11" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B457" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C457" s="13" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D457" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E457" s="15">
+        <v>1.038</v>
+      </c>
+      <c r="F457" s="32">
+        <v>3990</v>
+      </c>
+      <c r="G457" s="20"/>
+      <c r="H457" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I457" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J457" s="19"/>
+    </row>
+    <row r="458" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A458" s="11" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B458" s="12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C458" s="13" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D458" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E458" s="15">
+        <v>2.0419999999999998</v>
+      </c>
+      <c r="F458" s="20" t="s">
+        <v>102</v>
+      </c>
+      <c r="G458" s="20"/>
+      <c r="H458" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I458" s="22" t="s">
+        <v>1472</v>
+      </c>
+      <c r="J458" s="19"/>
+    </row>
+    <row r="459" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A459" s="11" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B459" s="12" t="s">
+        <v>228</v>
+      </c>
+      <c r="C459" s="13" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D459" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E459" s="15">
+        <v>2.6349999999999998</v>
+      </c>
+      <c r="F459" s="20" t="s">
+        <v>706</v>
+      </c>
+      <c r="G459" s="20"/>
+      <c r="H459" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I459" s="22" t="s">
+        <v>707</v>
+      </c>
+      <c r="J459" s="19"/>
+    </row>
+    <row r="460" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A460" s="11" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B460" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C460" s="13" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D460" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E460" s="15">
+        <v>2.8490000000000002</v>
+      </c>
+      <c r="F460" s="20" t="s">
+        <v>1477</v>
+      </c>
+      <c r="G460" s="20" t="s">
+        <v>617</v>
+      </c>
+      <c r="H460" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I460" s="22" t="s">
+        <v>1478</v>
+      </c>
+      <c r="J460" s="19"/>
+    </row>
+    <row r="461" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A461" s="6" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B461" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="C461" s="8" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D461" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E461" s="10">
+        <v>1.129</v>
+      </c>
+      <c r="F461" s="20" t="s">
+        <v>650</v>
+      </c>
+      <c r="G461" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H461" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I461" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J461" s="19"/>
+    </row>
+    <row r="462" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A462" s="11" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B462" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C462" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="C19" s="5" t="s">
-[...30 lines deleted...]
-      <c r="B21" s="2" t="s">
+      <c r="D462" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E462" s="15">
+        <v>1.365</v>
+      </c>
+      <c r="F462" s="36" t="s">
+        <v>1482</v>
+      </c>
+      <c r="G462" s="38" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H462" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I462" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J462" s="19"/>
+    </row>
+    <row r="463" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A463" s="6" t="s">
+        <v>1484</v>
+      </c>
+      <c r="B463" s="7" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C463" s="8" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D463" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E463" s="10">
+        <v>1.0189999999999999</v>
+      </c>
+      <c r="F463" s="37">
+        <v>3000</v>
+      </c>
+      <c r="G463" s="20" t="s">
+        <v>837</v>
+      </c>
+      <c r="H463" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I463" s="22" t="s">
+        <v>1487</v>
+      </c>
+      <c r="J463" s="19"/>
+    </row>
+    <row r="464" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A464" s="6" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B464" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C464" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D464" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E464" s="10">
+        <v>1.1950000000000001</v>
+      </c>
+      <c r="F464" s="20" t="s">
+        <v>351</v>
+      </c>
+      <c r="G464" s="20"/>
+      <c r="H464" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I464" s="23" t="s">
+        <v>1489</v>
+      </c>
+      <c r="J464" s="19"/>
+    </row>
+    <row r="465" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A465" s="11" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B465" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C465" s="13" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D465" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E465" s="15">
+        <v>1.0740000000000001</v>
+      </c>
+      <c r="F465" s="20" t="s">
+        <v>1492</v>
+      </c>
+      <c r="G465" s="20"/>
+      <c r="H465" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I465" s="22" t="s">
+        <v>1493</v>
+      </c>
+      <c r="J465" s="19"/>
+    </row>
+    <row r="466" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A466" s="11" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B466" s="12" t="s">
+        <v>228</v>
+      </c>
+      <c r="C466" s="13" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D466" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E466" s="15">
+        <v>5.0350000000000001</v>
+      </c>
+      <c r="F466" s="20" t="s">
+        <v>1496</v>
+      </c>
+      <c r="G466" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H466" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I466" s="22" t="s">
+        <v>707</v>
+      </c>
+      <c r="J466" s="19"/>
+    </row>
+    <row r="467" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A467" s="11" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B467" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C467" s="13" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D467" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E467" s="17">
+        <v>2.2400000000000002</v>
+      </c>
+      <c r="F467" s="32">
+        <v>3750</v>
+      </c>
+      <c r="G467" s="20"/>
+      <c r="H467" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I467" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J467" s="19"/>
+    </row>
+    <row r="468" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A468" s="6" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B468" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C468" s="8" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D468" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E468" s="16">
+        <v>1.6040000000000001</v>
+      </c>
+      <c r="F468" s="20">
+        <v>0</v>
+      </c>
+      <c r="G468" s="20"/>
+      <c r="H468" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I468" s="22" t="s">
+        <v>1501</v>
+      </c>
+      <c r="J468" s="19"/>
+    </row>
+    <row r="469" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A469" s="6" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B469" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C469" s="8" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D469" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E469" s="10">
+        <v>1.6040000000000001</v>
+      </c>
+      <c r="F469" s="20">
+        <v>0</v>
+      </c>
+      <c r="G469" s="20"/>
+      <c r="H469" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I469" s="22" t="s">
+        <v>1501</v>
+      </c>
+      <c r="J469" s="19"/>
+    </row>
+    <row r="470" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A470" s="6" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B470" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C470" s="8" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D470" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E470" s="16">
+        <v>2.1459999999999999</v>
+      </c>
+      <c r="F470" s="20" t="s">
+        <v>67</v>
+      </c>
+      <c r="G470" s="20"/>
+      <c r="H470" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I470" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J470" s="19"/>
+    </row>
+    <row r="471" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A471" s="6" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B471" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C471" s="8" t="s">
+        <v>1505</v>
+      </c>
+      <c r="D471" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E471" s="10">
+        <v>1.8109999999999999</v>
+      </c>
+      <c r="F471" s="32">
+        <v>4030</v>
+      </c>
+      <c r="G471" s="20"/>
+      <c r="H471" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I471" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J471" s="19"/>
+    </row>
+    <row r="472" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A472" s="6" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B472" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C472" s="8" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D472" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E472" s="16">
+        <v>1.024</v>
+      </c>
+      <c r="F472" s="20" t="s">
+        <v>1508</v>
+      </c>
+      <c r="G472" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H472" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I472" s="22" t="s">
+        <v>1509</v>
+      </c>
+      <c r="J472" s="19"/>
+    </row>
+    <row r="473" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A473" s="6" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B473" s="7" t="s">
         <v>42</v>
       </c>
-      <c r="C21" s="8">
+      <c r="C473" s="8" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D473" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E473" s="16">
+        <v>0.86499999999999999</v>
+      </c>
+      <c r="F473" s="20" t="s">
+        <v>1375</v>
+      </c>
+      <c r="G473" s="24" t="s">
+        <v>1512</v>
+      </c>
+      <c r="H473" s="21" t="s">
+        <v>1513</v>
+      </c>
+      <c r="I473" s="22" t="s">
+        <v>1514</v>
+      </c>
+      <c r="J473" s="19"/>
+    </row>
+    <row r="474" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A474" s="6" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B474" s="7" t="s">
+        <v>479</v>
+      </c>
+      <c r="C474" s="8" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D474" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E474" s="10">
+        <v>2.4079999999999999</v>
+      </c>
+      <c r="F474" s="20" t="s">
+        <v>1517</v>
+      </c>
+      <c r="G474" s="20" t="s">
+        <v>1518</v>
+      </c>
+      <c r="H474" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I474" s="22" t="s">
+        <v>1519</v>
+      </c>
+      <c r="J474" s="19"/>
+    </row>
+    <row r="475" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A475" s="6" t="s">
+        <v>1520</v>
+      </c>
+      <c r="B475" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C475" s="8" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D475" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E475" s="10">
+        <v>1.3120000000000001</v>
+      </c>
+      <c r="F475" s="20" t="s">
+        <v>657</v>
+      </c>
+      <c r="G475" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H475" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I475" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J475" s="19"/>
+    </row>
+    <row r="476" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A476" s="6" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B476" s="7" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C476" s="8" t="s">
+        <v>1523</v>
+      </c>
+      <c r="D476" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E476" s="10">
+        <v>1.966</v>
+      </c>
+      <c r="F476" s="20">
         <v>0</v>
       </c>
-      <c r="D21" s="9" t="s">
-[...16 lines deleted...]
-      <c r="C22" s="8">
+      <c r="G476" s="20"/>
+      <c r="H476" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I476" s="22" t="s">
+        <v>1524</v>
+      </c>
+      <c r="J476" s="19"/>
+    </row>
+    <row r="477" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A477" s="6" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B477" s="7" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C477" s="8" t="s">
+        <v>1527</v>
+      </c>
+      <c r="D477" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E477" s="10">
+        <v>2.78</v>
+      </c>
+      <c r="F477" s="20"/>
+      <c r="G477" s="20" t="s">
+        <v>1528</v>
+      </c>
+      <c r="H477" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I477" s="22" t="s">
+        <v>1529</v>
+      </c>
+      <c r="J477" s="19"/>
+    </row>
+    <row r="478" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A478" s="6" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B478" s="7" t="s">
+        <v>1526</v>
+      </c>
+      <c r="C478" s="8" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D478" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E478" s="10">
+        <v>6.3739999999999997</v>
+      </c>
+      <c r="F478" s="20"/>
+      <c r="G478" s="20" t="s">
+        <v>1528</v>
+      </c>
+      <c r="H478" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I478" s="22" t="s">
+        <v>1532</v>
+      </c>
+      <c r="J478" s="19"/>
+    </row>
+    <row r="479" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A479" s="6" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B479" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C479" s="8" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D479" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E479" s="16">
+        <v>0.60799999999999998</v>
+      </c>
+      <c r="F479" s="20" t="s">
+        <v>496</v>
+      </c>
+      <c r="G479" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H479" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I479" s="22" t="s">
+        <v>1535</v>
+      </c>
+      <c r="J479" s="19"/>
+    </row>
+    <row r="480" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A480" s="6" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B480" s="7" t="s">
+        <v>183</v>
+      </c>
+      <c r="C480" s="8" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D480" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E480" s="10">
+        <v>2.173</v>
+      </c>
+      <c r="F480" s="20" t="s">
+        <v>1538</v>
+      </c>
+      <c r="G480" s="20"/>
+      <c r="H480" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I480" s="22" t="s">
+        <v>1539</v>
+      </c>
+      <c r="J480" s="19"/>
+    </row>
+    <row r="481" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A481" s="11" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B481" s="12" t="s">
+        <v>377</v>
+      </c>
+      <c r="C481" s="13" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D481" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E481" s="15">
+        <v>12.647</v>
+      </c>
+      <c r="F481" s="20" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G481" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H481" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I481" s="22" t="s">
+        <v>1540</v>
+      </c>
+      <c r="J481" s="19"/>
+    </row>
+    <row r="482" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A482" s="11" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B482" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C482" s="13" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D482" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E482" s="15">
+        <v>1.7170000000000001</v>
+      </c>
+      <c r="F482" s="20" t="s">
+        <v>302</v>
+      </c>
+      <c r="G482" s="20"/>
+      <c r="H482" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I482" s="23" t="s">
+        <v>1545</v>
+      </c>
+      <c r="J482" s="19"/>
+    </row>
+    <row r="483" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A483" s="6" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B483" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="C483" s="8" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D483" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E483" s="16">
+        <v>2.0750000000000002</v>
+      </c>
+      <c r="F483" s="31">
+        <v>1800</v>
+      </c>
+      <c r="G483" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H483" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I483" s="22" t="s">
+        <v>1548</v>
+      </c>
+      <c r="J483" s="19"/>
+    </row>
+    <row r="484" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A484" s="6" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B484" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C484" s="8" t="s">
+        <v>1550</v>
+      </c>
+      <c r="D484" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E484" s="16">
+        <v>1.333</v>
+      </c>
+      <c r="F484" s="20" t="s">
+        <v>1551</v>
+      </c>
+      <c r="G484" s="20"/>
+      <c r="H484" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I484" s="22" t="s">
+        <v>1552</v>
+      </c>
+      <c r="J484" s="19"/>
+    </row>
+    <row r="485" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A485" s="6" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B485" s="7" t="s">
+        <v>494</v>
+      </c>
+      <c r="C485" s="8" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D485" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E485" s="16">
+        <v>2.5449999999999999</v>
+      </c>
+      <c r="F485" s="20" t="s">
+        <v>1555</v>
+      </c>
+      <c r="G485" s="20"/>
+      <c r="H485" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I485" s="22" t="s">
+        <v>1556</v>
+      </c>
+      <c r="J485" s="19"/>
+    </row>
+    <row r="486" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A486" s="6" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B486" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C486" s="8" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D486" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E486" s="16">
+        <v>0.63200000000000001</v>
+      </c>
+      <c r="F486" s="32">
+        <v>1840</v>
+      </c>
+      <c r="G486" s="20"/>
+      <c r="H486" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I486" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J486" s="19"/>
+    </row>
+    <row r="487" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A487" s="11" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B487" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C487" s="13" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D487" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E487" s="17">
+        <v>0.71399999999999997</v>
+      </c>
+      <c r="F487" s="32">
+        <v>3450</v>
+      </c>
+      <c r="G487" s="20"/>
+      <c r="H487" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I487" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J487" s="19"/>
+    </row>
+    <row r="488" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A488" s="6" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B488" s="7" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C488" s="8" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D488" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E488" s="10">
+        <v>1.2290000000000001</v>
+      </c>
+      <c r="F488" s="20" t="s">
+        <v>995</v>
+      </c>
+      <c r="G488" s="20"/>
+      <c r="H488" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I488" s="22" t="s">
+        <v>883</v>
+      </c>
+      <c r="J488" s="19"/>
+    </row>
+    <row r="489" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A489" s="11" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B489" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C489" s="13" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D489" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E489" s="15">
+        <v>1.456</v>
+      </c>
+      <c r="F489" s="32">
+        <v>4600</v>
+      </c>
+      <c r="G489" s="20"/>
+      <c r="H489" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I489" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J489" s="19"/>
+    </row>
+    <row r="490" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A490" s="11" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B490" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C490" s="13" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D490" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E490" s="15">
+        <v>2.2440000000000002</v>
+      </c>
+      <c r="F490" s="35" t="s">
+        <v>1658</v>
+      </c>
+      <c r="G490" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H490" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I490" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J490" s="19"/>
+    </row>
+    <row r="491" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A491" s="6" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B491" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C491" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D491" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E491" s="10">
+        <v>1.5589999999999999</v>
+      </c>
+      <c r="F491" s="20" t="s">
+        <v>121</v>
+      </c>
+      <c r="G491" s="20"/>
+      <c r="H491" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I491" s="23" t="s">
+        <v>1569</v>
+      </c>
+      <c r="J491" s="19"/>
+    </row>
+    <row r="492" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A492" s="11" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B492" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C492" s="13" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D492" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E492" s="15">
+        <v>1.171</v>
+      </c>
+      <c r="F492" s="34" t="s">
+        <v>1572</v>
+      </c>
+      <c r="G492" s="33" t="s">
+        <v>333</v>
+      </c>
+      <c r="H492" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I492" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J492" s="19"/>
+    </row>
+    <row r="493" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A493" s="6" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B493" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C493" s="8" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D493" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E493" s="10">
+        <v>1.974</v>
+      </c>
+      <c r="F493" s="35" t="s">
+        <v>1650</v>
+      </c>
+      <c r="G493" s="20"/>
+      <c r="H493" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I493" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J493" s="19"/>
+    </row>
+    <row r="494" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A494" s="6" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B494" s="7" t="s">
+        <v>1576</v>
+      </c>
+      <c r="C494" s="8" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D494" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E494" s="10">
+        <v>5.016</v>
+      </c>
+      <c r="F494" s="20">
         <v>0</v>
       </c>
-      <c r="D22" s="9"/>
-[...14 lines deleted...]
-      <c r="C23" s="8">
+      <c r="G494" s="20" t="s">
+        <v>1578</v>
+      </c>
+      <c r="H494" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I494" s="22" t="s">
+        <v>1579</v>
+      </c>
+      <c r="J494" s="19"/>
+    </row>
+    <row r="495" spans="1:10" ht="39.6" x14ac:dyDescent="0.3">
+      <c r="A495" s="11" t="s">
+        <v>1580</v>
+      </c>
+      <c r="B495" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C495" s="13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D495" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E495" s="15">
+        <v>1.224</v>
+      </c>
+      <c r="F495" s="34" t="s">
+        <v>1581</v>
+      </c>
+      <c r="G495" s="33" t="s">
+        <v>1582</v>
+      </c>
+      <c r="H495" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I495" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J495" s="19"/>
+    </row>
+    <row r="496" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A496" s="6" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B496" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C496" s="8" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D496" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E496" s="10">
+        <v>2.81</v>
+      </c>
+      <c r="F496" s="34" t="s">
+        <v>1585</v>
+      </c>
+      <c r="G496" s="33" t="s">
+        <v>333</v>
+      </c>
+      <c r="H496" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I496" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J496" s="19"/>
+    </row>
+    <row r="497" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A497" s="6" t="s">
+        <v>1586</v>
+      </c>
+      <c r="B497" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C497" s="8" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D497" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E497" s="10">
+        <v>1.429</v>
+      </c>
+      <c r="F497" s="32">
+        <v>3720</v>
+      </c>
+      <c r="G497" s="20"/>
+      <c r="H497" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I497" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J497" s="19"/>
+    </row>
+    <row r="498" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A498" s="11" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B498" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C498" s="13" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D498" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E498" s="15">
+        <v>1.431</v>
+      </c>
+      <c r="F498" s="32">
+        <v>2220</v>
+      </c>
+      <c r="G498" s="20"/>
+      <c r="H498" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I498" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J498" s="19"/>
+    </row>
+    <row r="499" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A499" s="11" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B499" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C499" s="13" t="s">
+        <v>1591</v>
+      </c>
+      <c r="D499" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E499" s="17">
+        <v>0.93100000000000005</v>
+      </c>
+      <c r="F499" s="20">
         <v>0</v>
       </c>
-      <c r="D23" s="9" t="s">
-[...16 lines deleted...]
-      <c r="C24" s="8">
+      <c r="G499" s="20"/>
+      <c r="H499" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I499" s="22" t="s">
+        <v>1592</v>
+      </c>
+      <c r="J499" s="19"/>
+    </row>
+    <row r="500" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A500" s="6" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B500" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="C500" s="8" t="s">
+        <v>1594</v>
+      </c>
+      <c r="D500" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E500" s="10">
+        <v>1.181</v>
+      </c>
+      <c r="F500" s="20" t="s">
+        <v>509</v>
+      </c>
+      <c r="G500" s="20"/>
+      <c r="H500" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I500" s="22" t="s">
+        <v>1595</v>
+      </c>
+      <c r="J500" s="19"/>
+    </row>
+    <row r="501" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A501" s="6" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B501" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C501" s="8" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D501" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E501" s="10">
+        <v>1.7809999999999999</v>
+      </c>
+      <c r="F501" s="32">
+        <v>3990</v>
+      </c>
+      <c r="G501" s="20"/>
+      <c r="H501" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I501" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J501" s="19"/>
+    </row>
+    <row r="502" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A502" s="11" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B502" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C502" s="13" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D502" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E502" s="17">
+        <v>0.85799999999999998</v>
+      </c>
+      <c r="F502" s="34" t="s">
+        <v>1600</v>
+      </c>
+      <c r="G502" s="33" t="s">
+        <v>333</v>
+      </c>
+      <c r="H502" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I502" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J502" s="19"/>
+    </row>
+    <row r="503" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A503" s="6" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B503" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C503" s="8" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D503" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E503" s="10">
+        <v>5.048</v>
+      </c>
+      <c r="F503" s="35" t="s">
+        <v>1655</v>
+      </c>
+      <c r="G503" s="20"/>
+      <c r="H503" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I503" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J503" s="19"/>
+    </row>
+    <row r="504" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A504" s="6" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B504" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C504" s="8" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D504" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E504" s="10">
+        <v>7.008</v>
+      </c>
+      <c r="F504" s="35" t="s">
+        <v>1655</v>
+      </c>
+      <c r="G504" s="20"/>
+      <c r="H504" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I504" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J504" s="19"/>
+    </row>
+    <row r="505" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A505" s="11" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B505" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C505" s="13" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D505" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E505" s="15">
+        <v>9.8190000000000008</v>
+      </c>
+      <c r="F505" s="35" t="s">
+        <v>1655</v>
+      </c>
+      <c r="G505" s="20"/>
+      <c r="H505" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I505" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J505" s="19"/>
+    </row>
+    <row r="506" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A506" s="6" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B506" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C506" s="8" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D506" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E506" s="10">
+        <v>6.9260000000000002</v>
+      </c>
+      <c r="F506" s="24" t="s">
+        <v>1655</v>
+      </c>
+      <c r="G506" s="20"/>
+      <c r="H506" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I506" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J506" s="19"/>
+    </row>
+    <row r="507" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A507" s="11" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B507" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C507" s="13" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D507" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E507" s="15">
+        <v>5.6210000000000004</v>
+      </c>
+      <c r="F507" s="24" t="s">
+        <v>1655</v>
+      </c>
+      <c r="G507" s="20"/>
+      <c r="H507" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I507" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J507" s="19"/>
+    </row>
+    <row r="508" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A508" s="11" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B508" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C508" s="13" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D508" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E508" s="15">
+        <v>5.008</v>
+      </c>
+      <c r="F508" s="24" t="s">
+        <v>1655</v>
+      </c>
+      <c r="G508" s="20"/>
+      <c r="H508" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I508" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J508" s="19"/>
+    </row>
+    <row r="509" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A509" s="11" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B509" s="12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C509" s="13" t="s">
+        <v>1614</v>
+      </c>
+      <c r="D509" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E509" s="15">
+        <v>4.1719999999999997</v>
+      </c>
+      <c r="F509" s="24" t="s">
+        <v>1655</v>
+      </c>
+      <c r="G509" s="20"/>
+      <c r="H509" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I509" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J509" s="19"/>
+    </row>
+    <row r="510" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A510" s="6" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B510" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C510" s="8" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D510" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E510" s="10">
+        <v>5.2270000000000003</v>
+      </c>
+      <c r="F510" s="24" t="s">
+        <v>1655</v>
+      </c>
+      <c r="G510" s="20"/>
+      <c r="H510" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I510" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="J510" s="19"/>
+    </row>
+    <row r="511" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A511" s="11" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B511" s="12" t="s">
+        <v>221</v>
+      </c>
+      <c r="C511" s="13" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D511" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E511" s="17">
+        <v>1.39</v>
+      </c>
+      <c r="F511" s="20" t="s">
+        <v>177</v>
+      </c>
+      <c r="G511" s="20"/>
+      <c r="H511" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I511" s="22" t="s">
+        <v>1619</v>
+      </c>
+      <c r="J511" s="19"/>
+    </row>
+    <row r="512" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A512" s="6" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B512" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C512" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D512" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E512" s="16">
+        <v>0.69099999999999995</v>
+      </c>
+      <c r="F512" s="36" t="s">
+        <v>1660</v>
+      </c>
+      <c r="G512" s="38" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H512" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I512" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J512" s="19"/>
+    </row>
+    <row r="513" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A513" s="6" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B513" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C513" s="8" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D513" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E513" s="10">
+        <v>1.3380000000000001</v>
+      </c>
+      <c r="F513" s="20" t="s">
+        <v>1623</v>
+      </c>
+      <c r="G513" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H513" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I513" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="J513" s="19"/>
+    </row>
+    <row r="514" spans="1:10" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A514" s="6" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B514" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="C514" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D514" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E514" s="10">
+        <v>1.6279999999999999</v>
+      </c>
+      <c r="F514" s="34" t="s">
+        <v>1625</v>
+      </c>
+      <c r="G514" s="33" t="s">
+        <v>361</v>
+      </c>
+      <c r="H514" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I514" s="22" t="s">
+        <v>118</v>
+      </c>
+      <c r="J514" s="19"/>
+    </row>
+    <row r="515" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A515" s="11" t="s">
+        <v>1626</v>
+      </c>
+      <c r="B515" s="12" t="s">
+        <v>1627</v>
+      </c>
+      <c r="C515" s="13" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D515" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E515" s="15">
+        <v>1.486</v>
+      </c>
+      <c r="F515" s="20" t="s">
+        <v>1629</v>
+      </c>
+      <c r="G515" s="20"/>
+      <c r="H515" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I515" s="22" t="s">
+        <v>1630</v>
+      </c>
+      <c r="J515" s="19"/>
+    </row>
+    <row r="516" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A516" s="6" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B516" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C516" s="8" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D516" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E516" s="10">
+        <v>1.2769999999999999</v>
+      </c>
+      <c r="F516" s="32">
+        <v>5220</v>
+      </c>
+      <c r="G516" s="20"/>
+      <c r="H516" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="I516" s="22" t="s">
+        <v>86</v>
+      </c>
+      <c r="J516" s="19"/>
+    </row>
+    <row r="517" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A517" s="11" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B517" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C517" s="13" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D517" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E517" s="15">
+        <v>4.7169999999999996</v>
+      </c>
+      <c r="F517" s="20" t="s">
+        <v>1635</v>
+      </c>
+      <c r="G517" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H517" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I517" s="22" t="s">
+        <v>1636</v>
+      </c>
+      <c r="J517" s="19"/>
+    </row>
+    <row r="518" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A518" s="11" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B518" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C518" s="13" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D518" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="E518" s="15">
+        <v>2.5680000000000001</v>
+      </c>
+      <c r="F518" s="20" t="s">
+        <v>1639</v>
+      </c>
+      <c r="G518" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H518" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I518" s="22" t="s">
+        <v>1640</v>
+      </c>
+      <c r="J518" s="19"/>
+    </row>
+    <row r="519" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A519" s="6" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B519" s="7" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C519" s="8" t="s">
+        <v>1643</v>
+      </c>
+      <c r="D519" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E519" s="10">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="F519" s="20">
         <v>0</v>
       </c>
-      <c r="D24" s="9"/>
-[...194 lines deleted...]
-      <c r="C34" s="5" t="s">
+      <c r="G519" s="20" t="s">
+        <v>103</v>
+      </c>
+      <c r="H519" s="21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I519" s="22" t="s">
+        <v>1644</v>
+      </c>
+      <c r="J519" s="19"/>
+    </row>
+    <row r="520" spans="1:10" x14ac:dyDescent="0.3">
+      <c r="A520" s="6" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B520" s="7" t="s">
         <v>1024</v>
       </c>
-      <c r="E34" s="5" t="s">
-[...4380 lines deleted...]
-      <c r="D291" s="5" t="s">
+      <c r="C520" s="8" t="s">
         <v>1646</v>
       </c>
-      <c r="E291" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F291" s="5" t="s">
+      <c r="D520" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E520" s="10">
+        <v>1.097</v>
+      </c>
+      <c r="F520" s="20"/>
+      <c r="G520" s="20"/>
+      <c r="H520" s="21"/>
+      <c r="I520" s="22" t="s">
         <v>1647</v>
       </c>
-    </row>
-[...3708 lines deleted...]
-      </c>
+      <c r="J520" s="19"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:B511" xr:uid="{964276C9-06ED-471A-A107-9D1D1D68237B}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:I520">
+    <sortCondition ref="A1:A520"/>
+  </sortState>
   <hyperlinks>
-    <hyperlink ref="D55" r:id="rId1" display="https://www.springernature.com/gp/open-research/policies/journal-policies/apc-pilot" xr:uid="{B2F50627-5517-4B8B-9824-0F2451C63BAA}"/>
-[...20 lines deleted...]
-    <hyperlink ref="F239" r:id="rId22" xr:uid="{F43D6B9A-80FC-4D94-8B98-D4924178B279}"/>
+    <hyperlink ref="I4" r:id="rId1" display="https://journals.iucr.org/d/services/openaccess.html" xr:uid="{DD251D55-A03F-4A68-AC05-081B99EBACE8}"/>
+    <hyperlink ref="I5" r:id="rId2" display="https://www.sciencedirect.com/journal/ageing-research-reviews?utm_source=chatgpt.com" xr:uid="{2B93FFCD-41D0-468B-948E-32A38981FDA9}"/>
+    <hyperlink ref="I6" r:id="rId3" display="https://onlinelibrary.wiley.com/page/journal/14749726/homepage/custom_copy.htm" xr:uid="{C9EBB4AE-567E-40F2-A9F7-39CA54EABA92}"/>
+    <hyperlink ref="I8" r:id="rId4" xr:uid="{70AF156C-D834-48C3-8B2A-4D151E2EE7FE}"/>
+    <hyperlink ref="I7" r:id="rId5" display="https://acsess.onlinelibrary.wiley.com/hub/journal/24719625/openaccess" xr:uid="{9D17A37F-58FD-473B-937D-886BC5CC9313}"/>
+    <hyperlink ref="I9" r:id="rId6" display="https://www.sciencedirect.com/journal/agricultural-systems" xr:uid="{DC3F3DB2-A151-476F-BF81-D1F6A232FE6E}"/>
+    <hyperlink ref="I10" r:id="rId7" display="https://www.sciencedirect.com/journal/agricultural-water-management" xr:uid="{6A073F75-BA23-4E00-A6EB-F11315C79DBA}"/>
+    <hyperlink ref="I11" r:id="rId8" display="https://link.springer.com/journal/10460/funding-eligibility?search=true&amp;bpid=3000183628" xr:uid="{D51FEC73-DCA6-41A4-8B4F-1E39D35AE1B7}"/>
+    <hyperlink ref="I12" r:id="rId9" display="https://www.sciencedirect.com/journal/agriculture-ecosystems-and-environment" xr:uid="{0650487E-1FB6-4B62-9B8A-347D279B6DDE}"/>
+    <hyperlink ref="I14" r:id="rId10" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=wjsa&amp;fulloa=1&amp;openselect=1&amp;notavailable=0&amp;dove=1&amp;routledge=0&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{7268CAC0-4047-47A2-A232-61C7A34888E0}"/>
+    <hyperlink ref="I16" r:id="rId11" display="https://editingservices.lww.com/open-access-hybrid" xr:uid="{031FDE23-AFDD-4919-AE7A-D24EC2896B56}"/>
+    <hyperlink ref="I329" r:id="rId12" display="https://www.sciencedirect.com/journal/journal-of-structural-biology" xr:uid="{3576508D-5B47-47B2-AA0E-881150B07EBB}"/>
+    <hyperlink ref="I90" r:id="rId13" display="https://www.sciencedirect.com/journal/biosystems-engineering" xr:uid="{F84BDAEB-9D2D-469C-80EC-CD0629A99658}"/>
+    <hyperlink ref="I346" r:id="rId14" display="https://www.sciencedirect.com/journal/methods" xr:uid="{9D9FB715-0105-4010-B9C3-F75829F94FAC}"/>
+    <hyperlink ref="I369" r:id="rId15" display="https://www.sciencedirect.com/journal/molecular-genetics-and-metabolism" xr:uid="{66CF0960-4F7B-456C-8BC0-D0AD98BF77A2}"/>
+    <hyperlink ref="I374" r:id="rId16" display="https://www.sciencedirect.com/journal/molecular-phylogenetics-and-evolution" xr:uid="{79A629B7-EED5-432F-8196-AE9B594504E8}"/>
+    <hyperlink ref="I46" r:id="rId17" display="https://www.sciencedirect.com/journal/appetite" xr:uid="{5877CA08-A4FC-4433-A6BF-CD8FCE7163D7}"/>
+    <hyperlink ref="I318" r:id="rId18" display="https://www.sciencedirect.com/journal/journal-of-molecular-biology" xr:uid="{FF53886F-2C5E-4312-B123-F86C8E1C41AB}"/>
+    <hyperlink ref="I480" r:id="rId19" display="https://www.sciencedirect.com/journal/seminars-in-cell-and-developmental-biology" xr:uid="{336F4772-EA00-41DE-9301-BDD4F30AC50C}"/>
+    <hyperlink ref="I13" r:id="rId20" display="https://www.sciencedirect.com/journal/agriculture-ecosystems-and-environment" xr:uid="{1551B303-8683-447A-8868-3250E8AC5193}"/>
+    <hyperlink ref="I23" r:id="rId21" display="https://www.sciencedirect.com/journal/annals-of-agricultural-sciences" xr:uid="{58F94CC4-E519-4A45-A004-C829C3BEF71B}"/>
+    <hyperlink ref="I44" r:id="rId22" display="https://www.sciencedirect.com/journal/antiviral-research" xr:uid="{06BEE460-3B30-422C-A320-5974D9450B4C}"/>
+    <hyperlink ref="I48" r:id="rId23" display="https://www.sciencedirect.com/journal/applied-soil-ecology" xr:uid="{06C180E4-E275-4255-B620-C2BBD528068F}"/>
+    <hyperlink ref="I51" r:id="rId24" display="https://www.sciencedirect.com/journal/aquaculture" xr:uid="{1BD3C52F-CAF6-4351-B381-AAA06BF9F0E2}"/>
+    <hyperlink ref="I65" r:id="rId25" display="https://www.sciencedirect.com/journal/biochimica-et-biophysica-acta-bba-gene-regulatory-mechanisms" xr:uid="{C219101C-DA76-4F1E-A054-54F94E4E6D5E}"/>
+    <hyperlink ref="I66" r:id="rId26" display="https://www.sciencedirect.com/journal/biochimica-et-biophysica-acta-bba-molecular-and-cell-biology-of-lipids" xr:uid="{D35ADC5D-0717-48BA-8789-572C6DDA1401}"/>
+    <hyperlink ref="I68" r:id="rId27" display="https://www.sciencedirect.com/journal/biochimica-et-biophysica-acta-bba-molecular-cell-research" xr:uid="{B70A9299-7FE0-41A3-8E72-1030A9BB26ED}"/>
+    <hyperlink ref="I67" r:id="rId28" display="https://www.sciencedirect.com/journal/biochimica-et-biophysica-acta-bba-molecular-basis-of-disease" xr:uid="{FFFDE886-D8BA-4809-BE59-B8D90A7E2AB2}"/>
+    <hyperlink ref="I69" r:id="rId29" display="https://www.sciencedirect.com/journal/biochimica-et-biophysica-acta-bba-reviews-on-cancer" xr:uid="{ACC65804-E358-496A-BDDE-7AD0389E182C}"/>
+    <hyperlink ref="I81" r:id="rId30" display="https://www.sciencedirect.com/journal/biomedical-journal" xr:uid="{E32BFB7B-7CE5-4B1C-B8D5-4B303B7DD3E8}"/>
+    <hyperlink ref="I101" r:id="rId31" display="https://www.sciencedirect.com/journal/catena" xr:uid="{17B7DCA0-7C9A-4315-8B0F-687D2CDB3B46}"/>
+    <hyperlink ref="I121" r:id="rId32" display="https://www.sciencedirect.com/journal/cells-and-development" xr:uid="{009CC82F-BC43-4036-BF96-738B289CF7DC}"/>
+    <hyperlink ref="I138" r:id="rId33" display="https://www.csbj.org/open-access-information" xr:uid="{46EACBCB-CBDA-4E68-9298-AAB5B01A2407}"/>
+    <hyperlink ref="I152" r:id="rId34" display="https://www.sciencedirect.com/journal/current-opinion-in-behavioral-sciences/publish/open-access-options" xr:uid="{3D5326A7-6997-47D3-A9EE-789490DE36AB}"/>
+    <hyperlink ref="I157" r:id="rId35" display="https://www.sciencedirect.com/journal/current-opinion-in-insect-science/publish/open-access-options" xr:uid="{0D4B395A-A156-44D2-8972-91A22A52D678}"/>
+    <hyperlink ref="I171" r:id="rId36" display="https://www.sciencedirect.com/journal/dna-repair" xr:uid="{E690DA54-A490-4AED-8856-BAEA72903752}"/>
+    <hyperlink ref="I175" r:id="rId37" display="https://www.sciencedirect.com/journal/ecological-economics" xr:uid="{BFF97674-3C86-468B-9661-70070578A92E}"/>
+    <hyperlink ref="I176" r:id="rId38" display="https://www.sciencedirect.com/journal/ecological-informatics" xr:uid="{DB29E7F9-955F-447F-8D9A-C008270E1C5F}"/>
+    <hyperlink ref="I182" r:id="rId39" display="https://www.sciencedirect.com/journal/ecosystem-services" xr:uid="{0310BDFB-8E79-49D1-827E-1F16EFFC3F48}"/>
+    <hyperlink ref="I191" r:id="rId40" display="https://www.sciencedirect.com/journal/european-journal-of-agronomy" xr:uid="{A7F3EBFF-B4FC-4E17-B204-8A03247807E3}"/>
+    <hyperlink ref="I211" r:id="rId41" display="https://www.sciencedirect.com/journal/field-crops-research" xr:uid="{C7C956DB-D868-45C9-8917-0B58A40E5DAF}"/>
+    <hyperlink ref="I218" r:id="rId42" display="https://www.sciencedirect.com/journal/forest-ecology-and-management" xr:uid="{DDC0A3A9-2446-4CC3-82BE-95251836437B}"/>
+    <hyperlink ref="I220" r:id="rId43" display="https://www.sciencedirect.com/journal/forest-policy-and-economics" xr:uid="{184D4FED-9B19-4527-9A31-2BDED099CBB4}"/>
+    <hyperlink ref="I248" r:id="rId44" xr:uid="{0A2E190B-83CC-4549-960C-97DFF4AAC5D9}"/>
+    <hyperlink ref="I249" r:id="rId45" display="https://www.sciencedirect.com/journal/geoderma-regional" xr:uid="{402A56B5-D890-45C4-A94F-868D6B7358D9}"/>
+    <hyperlink ref="I256" r:id="rId46" display="https://www.sciencedirect.com/journal/harmful-algae" xr:uid="{B414E19C-8640-4A1A-818E-B5809FDF94D5}"/>
+    <hyperlink ref="I277" r:id="rId47" display="https://www.sciencedirect.com/journal/industrial-crops-and-products" xr:uid="{AFB79DBE-FA73-4E0F-A083-9604E3C36A8D}"/>
+    <hyperlink ref="I282" r:id="rId48" display="https://www.sciencedirect.com/journal/international-journal-of-antimicrobial-agents" xr:uid="{632C0BE1-3D44-4EFE-8144-3C6D2C291408}"/>
+    <hyperlink ref="I283" r:id="rId49" display="https://www.sciencedirect.com/journal/international-journal-of-biological-macromolecules" xr:uid="{3BFE9332-0703-4762-B0DD-CDB11C0D118E}"/>
+    <hyperlink ref="I296" r:id="rId50" display="https://www.jbc.org/" xr:uid="{0F72F817-5476-4307-9026-2A951C6887D6}"/>
+    <hyperlink ref="I314" r:id="rId51" display="https://www.jlr.org/" xr:uid="{6EC640C6-9839-44A2-B634-14453B3A1D12}"/>
+    <hyperlink ref="I333" r:id="rId52" display="https://www.thelancet.com/open-access" xr:uid="{97955ADF-305B-4D0B-B7FC-E081D6EC3E00}"/>
+    <hyperlink ref="I335" r:id="rId53" display="https://www.sciencedirect.com/journal/landscape-and-urban-planning" xr:uid="{4DB2E22F-4725-4C7F-926D-40CE9B2E98E2}"/>
+    <hyperlink ref="I343" r:id="rId54" display="https://www.sciencedirect.com/journal/matrix-biology" xr:uid="{9724D10C-22DB-475F-AEF4-DE2BFBB173E6}"/>
+    <hyperlink ref="I357" r:id="rId55" display="https://www.mcponline.org/open-access-information" xr:uid="{0C8C3587-5F5D-44D9-BEFF-E061C1F65D42}"/>
+    <hyperlink ref="I359" r:id="rId56" display="https://www.sciencedirect.com/journal/molecular-aspects-of-medicine" xr:uid="{053391BF-E8F3-45A5-B135-A0B9CAA58F81}"/>
+    <hyperlink ref="I384" r:id="rId57" display="https://www.sciencedirect.com/journal/mutation-research-reviews-in-mutation-research" xr:uid="{05E1E100-57A6-425C-AB54-38977C9E5E7E}"/>
+    <hyperlink ref="I427" r:id="rId58" display="https://www.sciencedirect.com/journal/physics-of-life-reviews" xr:uid="{38A58DEB-0825-47D6-BC22-C18CE20E6D5F}"/>
+    <hyperlink ref="I449" r:id="rId59" display="https://www.sciencedirect.com/journal/postharvest-biology-and-technology" xr:uid="{7921AB31-B694-4507-8625-6E4A496179D2}"/>
+    <hyperlink ref="I460" r:id="rId60" display="https://www.sciencedirect.com/journal/redox-biology" xr:uid="{AE31AB91-FAB0-4BA2-AC79-EDB394E2E63F}"/>
+    <hyperlink ref="I473" r:id="rId61" display="https://www.sciencedirect.com/journal/rice-science" xr:uid="{367E82E6-A496-4E28-829B-3F8F8A327F5E}"/>
+    <hyperlink ref="I479" r:id="rId62" display="https://www.sciencedirect.com/journal/scientia-horticulturae" xr:uid="{FC58E681-0BC8-4414-A184-CD7928D9DB2B}"/>
+    <hyperlink ref="I484" r:id="rId63" display="https://www.sciencedirect.com/journal/soil-and-tillage-research" xr:uid="{8B135E4C-5034-4840-990B-9696B22AAD48}"/>
+    <hyperlink ref="I88" r:id="rId64" display="https://www.sciencedirect.com/journal/biosensors-and-bioelectronics" xr:uid="{9709C3F6-07AB-4AA9-A814-48CC3982307E}"/>
+    <hyperlink ref="I195" r:id="rId65" display="https://www.sciencedirect.com/journal/european-journal-of-soil-biology" xr:uid="{FF4B52BD-AF85-4262-84B1-D8A94C154223}"/>
+    <hyperlink ref="I57" r:id="rId66" display="https://www.sciencedirect.com/journal/basic-and-applied-ecology" xr:uid="{C759286B-6C74-4811-80A7-F7B0814D4888}"/>
+    <hyperlink ref="I166" r:id="rId67" display="https://www.sciencedirect.com/journal/dendrochronologia" xr:uid="{6A914C24-F33D-48DE-AD7E-9C195BF102B7}"/>
+    <hyperlink ref="I192" r:id="rId68" display="https://www.sciencedirect.com/journal/european-journal-of-cell-biology" xr:uid="{E33AC700-A85D-4576-845D-1B09420DC2C3}"/>
+    <hyperlink ref="I351" r:id="rId69" display="https://www.sciencedirect.com/journal/microbiological-research" xr:uid="{A451AD21-AB10-4F73-AFBE-5CC5B0335F39}"/>
+    <hyperlink ref="I424" r:id="rId70" display="https://www.sciencedirect.com/journal/perspectives-in-plant-ecology-evolution-and-systematics" xr:uid="{2E4E3B67-B1C1-498D-93FC-3237EAECC669}"/>
+    <hyperlink ref="I429" r:id="rId71" display="https://www.sciencedirect.com/journal/phytomedicine" xr:uid="{14090E5B-0576-46E5-BFAA-BE726A036BA8}"/>
+    <hyperlink ref="I511" r:id="rId72" display="https://www.sciencedirect.com/journal/urban-forestry-and-urban-greening" xr:uid="{D0A47BDA-4423-4BB3-ADC0-964BB52BCD69}"/>
+    <hyperlink ref="I345" r:id="rId73" display="https://www.sciencedirect.com/journal/mechanisms-of-ageing-and-development" xr:uid="{55E0607D-9020-4ACE-A5B7-9435E11CDBDD}"/>
+    <hyperlink ref="I143" r:id="rId74" display="https://www.sciencedirect.com/journal/cortex" xr:uid="{220ECEED-E6AC-40CE-9CFA-D0C248DB9940}"/>
+    <hyperlink ref="I50" r:id="rId75" display="https://www.sciencedirect.com/journal/aquacultural-engineering" xr:uid="{129B9CD6-8ECA-475B-B4E8-BCDED3E2A93B}"/>
+    <hyperlink ref="I74" r:id="rId76" display="https://www.sciencedirect.com/journal/biological-conservation" xr:uid="{CDB5B48B-B180-443F-8E15-E608A2074521}"/>
+    <hyperlink ref="I105" r:id="rId77" display="https://www.sciencedirect.com/journal/cell-calcium" xr:uid="{0265D9FF-F1F6-4F7B-9834-67662D851236}"/>
+    <hyperlink ref="I133" r:id="rId78" display="https://www.clinicalmicrobiologyandinfection.org/open-access-information" xr:uid="{435FF39E-0E38-4B50-9020-52A1DC13A7BB}"/>
+    <hyperlink ref="I139" r:id="rId79" display="https://www.sciencedirect.com/journal/computers-and-electronics-in-agriculture" xr:uid="{D98C0520-E0D9-4936-99CB-BF88E8F4E593}"/>
+    <hyperlink ref="I153" r:id="rId80" display="https://www.sciencedirect.com/journal/current-opinion-in-biotechnology" xr:uid="{9ED47DC5-2011-4A4F-A5DF-17280AF26E53}"/>
+    <hyperlink ref="I155" r:id="rId81" display="https://www.sciencedirect.com/journal/current-opinion-in-chemical-biology" xr:uid="{EDE73C9F-7690-4C9C-BE7E-5D61E02E99D6}"/>
+    <hyperlink ref="I162" r:id="rId82" display="https://www.sciencedirect.com/journal/current-opinion-in-virology" xr:uid="{CD01B7E6-063C-41BD-BAD5-33E985032C25}"/>
+    <hyperlink ref="I163" r:id="rId83" display="https://www.sciencedirect.com/journal/cytokine-and-growth-factor-reviews" xr:uid="{FB6F5921-5A3B-4F12-B91F-2101E026A007}"/>
+    <hyperlink ref="I164" r:id="rId84" display="https://www.isct-cytotherapy.org/open-access-information" xr:uid="{E0F9E5FF-AD89-4B30-82A2-A042320832C2}"/>
+    <hyperlink ref="I231" r:id="rId85" display="https://www.sciencedirect.com/journal/fungal-biology-reviews" xr:uid="{13F9541D-3339-4414-BD5E-D581973CD025}"/>
+    <hyperlink ref="I310" r:id="rId86" display="https://www.sciencedirect.com/journal/journal-of-integrative-agriculture" xr:uid="{ED0F8DE7-CFED-45B0-BC55-6CA6D9BEBC0C}"/>
+    <hyperlink ref="I317" r:id="rId87" display="https://www.jmcc-online.com/open-access-information" xr:uid="{56A3609B-09E4-45D5-ADA8-B69A087FF280}"/>
+    <hyperlink ref="I355" r:id="rId88" display="https://www.sciencedirect.com/journal/mitochondrion" xr:uid="{30B89F40-67D5-4A42-8374-2F0E519BAA4F}"/>
+    <hyperlink ref="I423" r:id="rId89" display="https://www.sciencedirect.com/journal/perspectives-in-ecology-and-conservation/publish/open-access-options" xr:uid="{B67DCCAD-14B2-4DC4-8E31-D8E0DE3850F2}"/>
+    <hyperlink ref="I465" r:id="rId90" display="https://www.rbmojournal.com/open-access-information" xr:uid="{4FDBB9D7-0B00-40FE-B46D-709102040439}"/>
+    <hyperlink ref="I199" r:id="rId91" display="https://www.sciencedirect.com/journal/evolution-and-human-behavior" xr:uid="{67DA0488-56BC-4197-ADC5-F0EEBED791E4}"/>
+    <hyperlink ref="I210" r:id="rId92" display="https://www.fertstert.org/open-access-information" xr:uid="{7D02284E-9263-4DFF-ADD2-F32DBFC1A28D}"/>
+    <hyperlink ref="I222" r:id="rId93" display="https://www.sciencedirect.com/journal/free-radical-biology-and-medicine" xr:uid="{09DB8246-C29C-4287-AEA7-D8F71CDD8F07}"/>
+    <hyperlink ref="I241" r:id="rId94" display="https://www.gimjournal.org/open-access-information" xr:uid="{A4EE1401-230B-4EEF-BAD5-0DEEBCAD84C5}"/>
+    <hyperlink ref="I323" r:id="rId95" display="https://www.sciencedirect.com/journal/the-journal-of-nutritional-biochemistry" xr:uid="{1AC59F6A-59F8-4D67-87A2-83B1EB426866}"/>
+    <hyperlink ref="I441" r:id="rId96" display="https://www.sciencedirect.com/journal/plant-phenomics" xr:uid="{7C7ABC67-885A-4C71-92EF-743B49ED800E}"/>
+    <hyperlink ref="I442" r:id="rId97" display="https://www.sciencedirect.com/journal/plant-phenomics" xr:uid="{EA1BD3D9-951B-4AAD-A4B8-147FFD731C1B}"/>
+    <hyperlink ref="I45" r:id="rId98" display="https://link.springer.com/journal/10495?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{F3378B55-C14E-4A0B-B249-B79C1BD9B7AE}"/>
+    <hyperlink ref="I77" r:id="rId99" display="https://link.springer.com/journal/374?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{2F8688D0-F11E-49BF-8212-74ACA495FA1F}"/>
+    <hyperlink ref="I94" r:id="rId100" display="https://link.springer.com/journal/12229/funding-eligibility?search=true&amp;bpid=3000183628" xr:uid="{954F211F-2C57-4178-A938-ED3A8D0BB2F7}"/>
+    <hyperlink ref="I104" r:id="rId101" display="https://link.springer.com/journal/10565?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{32B98A41-8160-49AE-BF36-F0CAB1C76688}"/>
+    <hyperlink ref="I125" r:id="rId102" display="https://link.springer.com/journal/13402?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{65777A93-EFA8-471D-AE4A-8AABECB4A2B5}"/>
+    <hyperlink ref="I126" r:id="rId103" display="https://link.springer.com/journal/40538?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{2B968C5C-D7D1-499D-8573-24423B5FEEBD}"/>
+    <hyperlink ref="I127" r:id="rId104" display="https://link.springer.com/journal/10577?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{C7873DFB-D3F0-4AFB-A7AC-4FC75C2E68F4}"/>
+    <hyperlink ref="I135" r:id="rId105" location="Fees%20and%20funding" display="https://link.springer.com/journal/13415/how-to-publish-with-us - Fees%20and%20funding" xr:uid="{EE5862A5-1894-4328-A30C-F6BC0EBBACBC}"/>
+    <hyperlink ref="I178" r:id="rId106" display="https://link.springer.com/journal/13717?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{84BB64FD-D1C2-4311-83D1-88C59AB079AE}"/>
+    <hyperlink ref="I183" r:id="rId107" display="https://link.springer.com/journal/10021?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{9782E8B3-51BF-4599-B2A6-7ED56DC4CDD1}"/>
+    <hyperlink ref="I193" r:id="rId108" display="https://link.springer.com/journal/10342?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{BD5289DF-84FA-4875-BB36-54F0E715217D}"/>
+    <hyperlink ref="I212" r:id="rId109" display="https://link.springer.com/journal/42408?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{BEE786A3-2F00-429D-9AF6-9A432A489946}"/>
+    <hyperlink ref="I213" r:id="rId110" display="https://link.springer.com/journal/42408?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{7429FC7C-FFCB-46A7-B1EF-5009411CD176}"/>
+    <hyperlink ref="I232" r:id="rId111" display="https://link.springer.com/journal/13225?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{076D7AE1-C8F0-4F7B-AB9D-7434C4EDEAD0}"/>
+    <hyperlink ref="I265" r:id="rId112" display="https://link.springer.com/journal/439?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{A884C24C-D7BC-4EA8-82E5-6B718B81B416}"/>
+    <hyperlink ref="I289" r:id="rId113" display="https://link.springer.com/journal/10806?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{4DC52A44-F0C6-4812-BC74-23D2FBB0A5DB}"/>
+    <hyperlink ref="I320" r:id="rId114" display="https://link.springer.com/journal/239?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{B11B55A9-56D9-4842-9EE8-61DE7139E016}"/>
+    <hyperlink ref="I336" r:id="rId115" display="https://link.springer.com/journal/10980?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{3CA1A8A8-A006-4C70-852D-7559100880E5}"/>
+    <hyperlink ref="I372" r:id="rId116" display="https://link.springer.com/journal/10020?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{3637225C-0B19-4B61-B484-DC5B3EE4892A}"/>
+    <hyperlink ref="I428" r:id="rId117" display="https://link.springer.com/journal/11101?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{AAF064C8-DD16-48B6-8111-358205944E26}"/>
+    <hyperlink ref="I432" r:id="rId118" display="https://link.springer.com/journal/11104?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{CD82CA26-A107-4417-915F-D828748D617E}"/>
+    <hyperlink ref="I436" r:id="rId119" display="https://link.springer.com/journal/299?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{6140BB16-0096-47E9-B560-9CF4E8ED8F5A}"/>
+    <hyperlink ref="I450" r:id="rId120" display="https://link.springer.com/journal/11119?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{E070391C-12A2-401D-9F78-B2A271022D67}"/>
+    <hyperlink ref="I468" r:id="rId121" display="https://link.springer.com/journal/11160?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{3EDAE38C-3C84-4DB0-87B4-0BF72277ACFC}"/>
+    <hyperlink ref="I469" r:id="rId122" display="https://link.springer.com/journal/11160?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{38FFDB53-A0DC-4A0C-8CE2-41ADE01F79B3}"/>
+    <hyperlink ref="I472" r:id="rId123" display="https://link.springer.com/journal/12284?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{5A2C7C3A-2018-40C8-AC32-0667D7D7F70B}"/>
+    <hyperlink ref="I499" r:id="rId124" display="https://link.springer.com/journal/122?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{5757D566-E79D-41C1-920C-63F26E86C036}"/>
+    <hyperlink ref="I123" r:id="rId125" display="https://link.springer.com/journal/18?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{5C6029CD-0248-4B93-800C-7B29173E0C6F}"/>
+    <hyperlink ref="I278" r:id="rId126" display="https://link.springer.com/journal/11?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{24B5CB3B-3F1C-44F5-A7CA-A0ABB16149F9}"/>
+    <hyperlink ref="I15" r:id="rId127" display="https://link.springer.com/journal/13593?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{9DEB5BE9-0596-431E-A14E-2E2D86A7F51A}"/>
+    <hyperlink ref="I26" r:id="rId128" display="https://link.springer.com/journal/13595?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{150D6A29-A9FA-4242-AFC4-762A935F218C}"/>
+    <hyperlink ref="I321" r:id="rId129" display="https://link.springer.com/journal/109?utm_source=chatgpt.com" xr:uid="{2B18C456-FB9D-4105-AFE7-D7DD777B4C99}"/>
+    <hyperlink ref="I325" r:id="rId130" display="https://link.springer.com/journal/10340?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{84528A0E-B780-480C-A85E-B4A51FAC790F}"/>
+    <hyperlink ref="I328" r:id="rId131" display="https://link.springer.com/journal/11368?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{043242D8-FF59-49C7-89D3-EB1B78DE61B5}"/>
+    <hyperlink ref="I151" r:id="rId132" display="https://link.springer.com/journal/40725?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{5A403BC3-02E5-42E6-B226-887DD020BEC7}"/>
+    <hyperlink ref="I62" r:id="rId133" display="https://link.springer.com/journal/42773?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{AB7A8EBD-DEBF-44EF-B56D-B81DF8CB9487}"/>
+    <hyperlink ref="I124" r:id="rId134" display="https://link.springer.com/journal/10571?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{33BFE523-B117-4FAE-BCF4-F5D7ABED439A}"/>
+    <hyperlink ref="I100" r:id="rId135" display="https://www.nature.com/cgt/?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{4A8EAD6E-AF1F-4A52-AC68-2E907E789BD8}"/>
+    <hyperlink ref="I108" r:id="rId136" display="https://www.nature.com/cddis/?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{D8FAA583-9D3B-44C5-A0B6-677BEDEB5BA3}"/>
+    <hyperlink ref="I109" r:id="rId137" display="https://www.nature.com/cdd/?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{8CF33B56-7E22-47F5-BB82-F39F2982CCA8}"/>
+    <hyperlink ref="I110" r:id="rId138" display="https://www.nature.com/cddiscovery/?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{F95E44F3-8638-449C-A6FA-7BD9B1054A7C}"/>
+    <hyperlink ref="I111" r:id="rId139" display="https://www.nature.com/celldisc/?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{65E5D079-4474-437C-88F9-2E64AB8CAA60}"/>
+    <hyperlink ref="I117" r:id="rId140" display="https://www.nature.com/cr/?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{F428E267-2006-440F-8D11-4E0046419BB0}"/>
+    <hyperlink ref="I184" r:id="rId141" location="openaccess" display="https://www.embopress.org/page/journal/14602075/about?_gl=1*zu931*_up*MQ..*_ga*NzI5Njc4ODk5LjE3NjM4NDYwOTI.*_ga_D692E1CL8S*czE3NjM4NDYwOTEkbzEkZzAkdDE3NjM4NDYwOTEkajYwJGwwJGgw - openaccess" xr:uid="{9C9AE81E-B710-4BE2-9DCE-24F40787A0D6}"/>
+    <hyperlink ref="I185" r:id="rId142" display="https://link.springer.com/journal/44319?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{E87C7673-D1DD-4E0E-A9F1-F37ECFA4CEDA}"/>
+    <hyperlink ref="I194" r:id="rId143" display="https://www.nature.com/ejhg/?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{E348325D-9496-4159-8A50-C4A55E460ADB}"/>
+    <hyperlink ref="I202" r:id="rId144" display="https://www.nature.com/emm/open-access-funding?search=true&amp;bpid=3000183628" xr:uid="{4F518C89-5562-41BE-B0EC-E8A13E9BB22F}"/>
+    <hyperlink ref="I233" r:id="rId145" display="https://www.nature.com/gt/?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{96B4E7C6-74E7-4F91-B4C4-5C94995E4269}"/>
+    <hyperlink ref="I236" r:id="rId146" display="https://www.nature.com/gene/open-access-funding" xr:uid="{31A550AB-F877-495C-9BEE-4DFB21AD035A}"/>
+    <hyperlink ref="I258" r:id="rId147" display="https://www.nature.com/hdy/?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{3D46157E-1110-4E1C-9894-F4E925F425B3}"/>
+    <hyperlink ref="I342" r:id="rId148" display="https://link.springer.com/journal/42995?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{24E6EE6C-910D-45DA-9B29-20E980FCE58A}"/>
+    <hyperlink ref="I370" r:id="rId149" display="https://link.springer.com/journal/43897?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{B397AE25-649A-41D8-B34D-A82714CC31C2}"/>
+    <hyperlink ref="I371" r:id="rId150" display="https://link.springer.com/journal/43897?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{066D59D7-7430-4014-A3D4-0479D8AD63F8}"/>
+    <hyperlink ref="I377" r:id="rId151" display="https://www.nature.com/mp/?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{9E4D01CC-2AA6-4538-BBC9-B73FD5C0BEA9}"/>
+    <hyperlink ref="I378" r:id="rId152" display="https://link.springer.com/journal/44320?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{BBC9F808-9ABD-4F39-A0E4-6E4E792B67D3}"/>
+    <hyperlink ref="I388" r:id="rId153" display="https://www.nature.com/nataging?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{5282F788-FA22-47A0-9BED-93DF6F87DA8E}"/>
+    <hyperlink ref="I415" r:id="rId154" display="https://www.nature.com/onc/?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{AEB9AC45-9ED4-4C6D-B7A5-F5F6BE9E259C}"/>
+    <hyperlink ref="I481" r:id="rId155" display="https://www.nature.com/sigtrans/?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{D22D3628-2E5A-478A-9D12-7F205AB4B773}"/>
+    <hyperlink ref="I52" r:id="rId156" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=uaqm&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{12147576-A936-497D-9A54-E229DE2CC8E2}"/>
+    <hyperlink ref="I56" r:id="rId157" display="https://www.tandfonline.com/journals/kaup20" xr:uid="{43905026-865C-4704-B9EE-DD0AEA3CEC8B}"/>
+    <hyperlink ref="I147" r:id="rId158" location="aims-and-scope" display="https://www.tandfonline.com/journals/bpts20/about-this-journal - aims-and-scope" xr:uid="{887A2D9C-06AE-4CA5-8D07-5EF6C7EA1FF4}"/>
+    <hyperlink ref="I189" r:id="rId159" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=kepi&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{E60D6121-F377-414C-9686-3462C4498EA4}"/>
+    <hyperlink ref="I254" r:id="rId160" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=kgmi&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{7DB53247-B86F-436A-BF50-DA094610653C}"/>
+    <hyperlink ref="I358" r:id="rId161" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=tmcb&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{DFECE366-0C41-4808-AE80-EF8AEBA9CA6E}"/>
+    <hyperlink ref="I413" r:id="rId162" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=kncl&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{EC612983-1E29-4029-901A-D3E46A1FF2D7}"/>
+    <hyperlink ref="I470" r:id="rId163" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=brfs&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{BA598FF9-E2B7-40E1-8538-738F24FA721E}"/>
+    <hyperlink ref="I475" r:id="rId164" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=krnb&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{8ED529A9-EC30-4A60-AF8F-CD3D07EE3CF7}"/>
+    <hyperlink ref="I513" r:id="rId165" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=kvir&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{DBF934D9-B747-485D-ADED-59D4F06F092D}"/>
+    <hyperlink ref="I22" r:id="rId166" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=iamy&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{F3AAC1F8-9684-423F-91F3-AD407E4E43A2}"/>
+    <hyperlink ref="I145" r:id="rId167" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=ibmg&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{67ED31E6-7052-4D4D-B491-DA13B66B0BC8}"/>
+    <hyperlink ref="I146" r:id="rId168" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=imby&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{E4732706-FF8C-4897-A666-8711E8025ECF}"/>
+    <hyperlink ref="I186" r:id="rId169" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=temi&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{3F2939E1-E0B7-42DA-9F8D-65D4C7D72BE7}"/>
+    <hyperlink ref="I203" r:id="rId170" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=iemt&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{59AB6EAA-2BEE-40A2-BC3B-4A7F74297D41}"/>
+    <hyperlink ref="I204" r:id="rId171" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=ierz&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{2CD16E5E-2E54-4460-9D7E-AB40147D38C2}"/>
+    <hyperlink ref="I312" r:id="rId172" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=tlus&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{F0A63232-76E9-4362-BC7A-E38B3F528D76}"/>
+    <hyperlink ref="I324" r:id="rId173" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=zjom&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{58F92DFF-93DB-4CB0-815C-B28849B4EF5B}"/>
+    <hyperlink ref="I461" r:id="rId174" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=yrer&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{5E5E5570-6DFB-4F0E-A581-F427082B49DC}"/>
+    <hyperlink ref="I18" r:id="rId175" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{4C3CC01A-3A0B-4566-A38D-6ADEB16AF65E}"/>
+    <hyperlink ref="I49" r:id="rId176" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{87E99B2D-7175-4DA8-8341-5BA26071CF2B}"/>
+    <hyperlink ref="I55" r:id="rId177" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{964C12A0-03CD-4B6B-8A00-20692F402B5A}"/>
+    <hyperlink ref="I71" r:id="rId178" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{11EBD98E-46D9-467A-84B0-A6FD21929013}"/>
+    <hyperlink ref="I76" r:id="rId179" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{AC8B119B-5018-4145-8492-4E159956B9D5}"/>
+    <hyperlink ref="I82" r:id="rId180" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{52B3EB42-2820-43CE-B62B-3BA0E21AC0B8}"/>
+    <hyperlink ref="I114" r:id="rId181" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{226F2CF3-84B1-49A8-9C8D-9ADC642CEE9E}"/>
+    <hyperlink ref="I129" r:id="rId182" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{AA593443-9F81-4DDB-92B0-71F22DB7DB6D}"/>
+    <hyperlink ref="I131" r:id="rId183" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{E89C680B-6971-42A4-AC9E-D67213CB3941}"/>
+    <hyperlink ref="I444:I453" r:id="rId184" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{5315843E-1359-4377-A17D-4A31D735CFE2}"/>
+    <hyperlink ref="I201" r:id="rId185" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{AB19A994-7F4A-4460-984F-300D2EE7C6DA}"/>
+    <hyperlink ref="I250" r:id="rId186" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{DA7CCF92-B636-40B2-8DAC-ABCC4D118401}"/>
+    <hyperlink ref="I295" r:id="rId187" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{EA72DC4F-37F5-48BD-B5AC-7F54D62E3162}"/>
+    <hyperlink ref="I341" r:id="rId188" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{2594642A-80EF-43AF-A905-5CFC20DCCCCA}"/>
+    <hyperlink ref="I430" r:id="rId189" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{DC781165-92C8-480D-B936-7FCE3EA49CB0}"/>
+    <hyperlink ref="I486" r:id="rId190" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{A275BFB7-F9B8-4460-B433-A1E0A2266B44}"/>
+    <hyperlink ref="I455:I464" r:id="rId191" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{F059F6B4-A911-436C-83BD-929B5B63E157}"/>
+    <hyperlink ref="I466:I475" r:id="rId192" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{A194C01B-E1D7-48DD-A02A-F6D33DF2D959}"/>
+    <hyperlink ref="I477:I486" r:id="rId193" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{04D8337B-1279-4107-B49C-53F554C076E4}"/>
+    <hyperlink ref="I488:I497" r:id="rId194" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{0EDD3469-958A-4398-9343-F0C0949E14B7}"/>
+    <hyperlink ref="I499:I508" r:id="rId195" display="https://authorservices.wiley.com/author-resources/Journal-Authors/open-access/article-publication-charges/index.html?utm_source=chatgpt.com" xr:uid="{52BB43C8-55D1-4ED8-8903-C6A397827A18}"/>
+    <hyperlink ref="I25" r:id="rId196" location="Fees%20and%20funding" display="https://link.springer.com/journal/12941/how-to-publish-with-us - Fees%20and%20funding" xr:uid="{E7772EF5-78BE-4957-A1AC-75B6D1162891}"/>
+    <hyperlink ref="I41" r:id="rId197" display="https://link.springer.com/journal/13756/funding-eligibility?search=true&amp;bpid=3000183628" xr:uid="{4D6DB2D2-3191-4186-B76F-67E1C2FFAB55}"/>
+    <hyperlink ref="I58" r:id="rId198" display="https://link.springer.com/journal/12993?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{6C1D1449-8469-45F6-A231-A85153BDA489}"/>
+    <hyperlink ref="I70" r:id="rId199" display="https://link.springer.com/journal/13040?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{1D002F6C-22DA-4D2F-87BA-7C582D8E97C2}"/>
+    <hyperlink ref="I78" r:id="rId200" display="https://link.springer.com/journal/13062?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{B7B906C6-CC48-45AC-80A7-775BDFDB930F}"/>
+    <hyperlink ref="I80" r:id="rId201" display="https://link.springer.com/journal/13293?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{A86B9415-4869-4A8D-AEAE-25CC867A58EA}"/>
+    <hyperlink ref="I91" r:id="rId202" display="https://link.springer.com/journal/12859?utm_source=slink&amp;utm_medium=journal_finder" xr:uid="{9EBA018A-58DD-4FED-9266-4EB37783282E}"/>
+    <hyperlink ref="I92" r:id="rId203" xr:uid="{625AC609-E1CE-4E65-BCBF-3450D0913AD1}"/>
+    <hyperlink ref="I103" r:id="rId204" display="https://link.springer.com/journal/13578" xr:uid="{D61D5948-E11C-4375-865C-CB751DC9AB93}"/>
+    <hyperlink ref="I237" r:id="rId205" display="https://link.springer.com/journal/12263" xr:uid="{434A66D7-6528-469F-A0F8-25F4AF13B196}"/>
+    <hyperlink ref="I17" r:id="rId206" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{B7E7040E-CFC7-4A1F-97AD-4ABD8B9D81A0}"/>
+    <hyperlink ref="I86" r:id="rId207" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{A33BBF72-541D-4DBD-951C-3FFF7E832CDA}"/>
+    <hyperlink ref="I99" r:id="rId208" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{7F88675F-F08D-49B8-9ED7-D88F3D9AB2A4}"/>
+    <hyperlink ref="I102" r:id="rId209" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{34394620-C0E2-429E-A7C5-CD902D816D02}"/>
+    <hyperlink ref="I106" r:id="rId210" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{6273B2BC-FD42-4572-8B3A-33FC0404B618}"/>
+    <hyperlink ref="I113" r:id="rId211" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{C2AE1C1D-BF3F-49E1-A1DA-9B232B7413F6}"/>
+    <hyperlink ref="I112" r:id="rId212" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{362A3C28-76A0-4954-B29A-EA8C3DDE2BD2}"/>
+    <hyperlink ref="I115" r:id="rId213" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{7651361F-381A-475B-9905-9AC93B859E0F}"/>
+    <hyperlink ref="I116" r:id="rId214" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{43033929-F136-45E7-A68F-89B085A1CA5F}"/>
+    <hyperlink ref="I118" r:id="rId215" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{E830F580-FA2A-4D2E-B194-8CFCF17346BD}"/>
+    <hyperlink ref="I119" r:id="rId216" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{1CA90721-F486-4BEF-94A3-D24A6D8B173E}"/>
+    <hyperlink ref="I150" r:id="rId217" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{FB992FDD-4F1C-42C8-8260-C39664D8E113}"/>
+    <hyperlink ref="I168" r:id="rId218" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{290901EA-F6FD-416A-BC6C-E22BBFCCE897}"/>
+    <hyperlink ref="I365" r:id="rId219" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{7A337E4D-D68D-4EBF-854F-CCD5974D8019}"/>
+    <hyperlink ref="I375" r:id="rId220" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{088E8872-2B93-4E34-8BFF-505B00F468EB}"/>
+    <hyperlink ref="I379" r:id="rId221" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{68800B52-4630-4D82-A375-65BDA268F554}"/>
+    <hyperlink ref="I437" r:id="rId222" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{9A5E68EB-B026-4B5D-89A5-745D3B4FAAA6}"/>
+    <hyperlink ref="I490" r:id="rId223" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{573AF968-C042-4B60-AE24-5586420A7B13}"/>
+    <hyperlink ref="I493" r:id="rId224" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{F95D0DB0-D536-4A92-8FF4-D8CA87B2378A}"/>
+    <hyperlink ref="I503" r:id="rId225" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{D0D4129E-8F35-4478-B185-10AC4B112000}"/>
+    <hyperlink ref="I504" r:id="rId226" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{3FA9A32C-A18F-44B9-94C0-22DF894FA76B}"/>
+    <hyperlink ref="I505" r:id="rId227" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{A6BA083D-78CB-4DF4-A453-62124AF50BFC}"/>
+    <hyperlink ref="I506" r:id="rId228" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{BCE34B1A-521B-48A3-AAA6-03E20C5B2112}"/>
+    <hyperlink ref="I507" r:id="rId229" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{0DDA5891-ACF9-47FD-9F27-16BC0EB08E67}"/>
+    <hyperlink ref="I508" r:id="rId230" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{64A65675-EAE5-4CDE-9B50-A16BDBA3C900}"/>
+    <hyperlink ref="I509" r:id="rId231" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{A8FFAEE5-EA24-46B9-9516-7706BC351B9B}"/>
+    <hyperlink ref="I510" r:id="rId232" display="https://www.elsevier.com/about/policies-and-standards/pricing/journals?utm_source=chatgpt.com" xr:uid="{7551FF49-41DD-4F43-8BDD-56B53D035C0D}"/>
+    <hyperlink ref="I24" r:id="rId233" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{E96ECFDA-1A92-44D8-8F51-814692EAB719}"/>
+    <hyperlink ref="I73" r:id="rId234" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{52CBF236-358A-4776-99BA-7B29D3468DC3}"/>
+    <hyperlink ref="I83" r:id="rId235" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{EF50790C-E6D8-4D8C-9442-D7B3ACECF66A}"/>
+    <hyperlink ref="I84" r:id="rId236" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{812C86EC-F0EE-4257-BB2D-E858B57DDE50}"/>
+    <hyperlink ref="I87" r:id="rId237" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{C2D5065F-E2B6-4570-9099-C1348AE5758B}"/>
+    <hyperlink ref="I89" r:id="rId238" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{D43E4863-790C-45DF-B05A-1CF036DC811D}"/>
+    <hyperlink ref="I95" r:id="rId239" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{2A0BD4D6-2463-4E43-8CFC-731BF3977D57}"/>
+    <hyperlink ref="I165" r:id="rId240" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{83B6083E-BC45-4A08-9465-F0B39B249435}"/>
+    <hyperlink ref="I172" r:id="rId241" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{3C8ADC44-6CF5-478F-B804-5C820B07FB59}"/>
+    <hyperlink ref="I198" r:id="rId242" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{A8BE539E-9991-4BE8-9823-274B06D5EE3B}"/>
+    <hyperlink ref="I200" r:id="rId243" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{CC69B122-3908-4CA2-8109-C3DD2DDCB0F9}"/>
+    <hyperlink ref="I209" r:id="rId244" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{697B3C1D-D6AD-4117-842A-DFB44539F66E}"/>
+    <hyperlink ref="I216" r:id="rId245" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{5D16126A-29A5-424E-A84F-6B62DDA51FE9}"/>
+    <hyperlink ref="I221" r:id="rId246" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{94300A6E-1BB4-4443-93BD-0D430A61697C}"/>
+    <hyperlink ref="I243" r:id="rId247" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{287028AC-E739-4192-AE4F-3DE19E61D472}"/>
+    <hyperlink ref="I246" r:id="rId248" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{2241939B-2430-4B22-BDA7-4F983BEE8B66}"/>
+    <hyperlink ref="I267" r:id="rId249" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{EC4CDB15-D3D6-4C71-9B43-222CC58B5178}"/>
+    <hyperlink ref="I269" r:id="rId250" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{E0DD8D34-ACEC-456A-887E-FDF17FA716E0}"/>
+    <hyperlink ref="I270" r:id="rId251" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{E94E033F-248B-4274-81FD-AD00F7EDCD99}"/>
+    <hyperlink ref="I271" r:id="rId252" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{6D9E28A9-09C3-41A1-ABF5-B761969C80D1}"/>
+    <hyperlink ref="I272" r:id="rId253" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{DB1A5709-FAD5-4649-8F8C-11CD7775E81A}"/>
+    <hyperlink ref="I288" r:id="rId254" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{8F8A9F0D-3E95-469C-BE9A-449FE5081BFE}"/>
+    <hyperlink ref="I292" r:id="rId255" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{9865106E-0C49-4B62-8CE3-D9CF0750B030}"/>
+    <hyperlink ref="I304" r:id="rId256" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{D2F9F491-2495-4301-B81B-9A4923DCE600}"/>
+    <hyperlink ref="I313" r:id="rId257" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{3EF5A8CB-7764-4BC0-986C-F693DCB7702F}"/>
+    <hyperlink ref="I319" r:id="rId258" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{BBC92845-CBEC-454A-A108-4231684E6BA1}"/>
+    <hyperlink ref="I326" r:id="rId259" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{E555488F-8682-4CC0-AD03-FB13142A08C3}"/>
+    <hyperlink ref="I361" r:id="rId260" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{E77F1788-EB38-4955-9CB2-DD4BD3741D05}"/>
+    <hyperlink ref="I412" r:id="rId261" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{A1475CEF-BD81-4A77-9C14-76D621DCAB0E}"/>
+    <hyperlink ref="I431" r:id="rId262" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{B464D98E-AA90-48DE-813A-AC1CD9914F54}"/>
+    <hyperlink ref="I454" r:id="rId263" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{5F6B9E7D-981B-4130-81BC-E60104A1EE09}"/>
+    <hyperlink ref="I492" r:id="rId264" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{18FBF5A4-24C2-46B4-B645-D0C1189CB6DE}"/>
+    <hyperlink ref="I495" r:id="rId265" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{7EB9B5B2-82FA-4F5E-896C-7F15A4803DF7}"/>
+    <hyperlink ref="I496" r:id="rId266" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{5BFE7579-720B-47AE-B17B-CF76180F86BE}"/>
+    <hyperlink ref="I502" r:id="rId267" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{5AF7DC98-5C28-4491-A116-0535220D7443}"/>
+    <hyperlink ref="I514" r:id="rId268" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{D28FC565-7DC6-4ADC-8438-00D642BDE21C}"/>
+    <hyperlink ref="I132" r:id="rId269" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{FA3453DC-BB2A-4EB7-BC53-E03CA47EA56D}"/>
+    <hyperlink ref="I240" r:id="rId270" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{CFE3C6A7-0FBE-41D3-9630-2989D59F76FA}"/>
+    <hyperlink ref="I253" r:id="rId271" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{735BFE21-3173-4D56-B80B-9144E4F52E13}"/>
+    <hyperlink ref="I261" r:id="rId272" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{E0B6DD27-CF70-4E19-B9E9-AD874C83D490}"/>
+    <hyperlink ref="I262" r:id="rId273" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{F3DDD54F-A72A-408E-884E-5484F06F50D9}"/>
+    <hyperlink ref="I308" r:id="rId274" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{8572D607-B85D-45B1-B105-85FEDF2C5C08}"/>
+    <hyperlink ref="I280" r:id="rId275" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{28236DB4-F77A-402B-A525-E95294812638}"/>
+    <hyperlink ref="I417" r:id="rId276" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{D061AF6E-033B-482F-BC84-6AC5C50A74B3}"/>
+    <hyperlink ref="I434" r:id="rId277" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{D7DBF0C3-D1E0-4ED6-AEEC-ABFA87C09546}"/>
+    <hyperlink ref="I443" r:id="rId278" display="https://academic.oup.com/pages/open-research/open-access/charges-licences-and-self-archiving?utm_source=chatgpt.com&amp;login=false" xr:uid="{4831025B-2AE1-40FA-9DE5-C2D449488317}"/>
+    <hyperlink ref="I137" r:id="rId279" xr:uid="{9D0921C0-DD1B-436F-9BEB-90CADC3AFA18}"/>
+    <hyperlink ref="I397" r:id="rId280" display="https://www.nature.com/nprot/publishing-model" xr:uid="{C8860BCE-8106-4A4C-94F8-4FAC46047F8C}"/>
+    <hyperlink ref="I398" r:id="rId281" display="https://www.nature.com/nrg/publishing-model" xr:uid="{80E995F5-EB2D-4639-8DA4-C05ED672FBFE}"/>
+    <hyperlink ref="I399" r:id="rId282" location="publishingmodel" display="https://www.nature.com/nrmicro/for-authors/preparing-your-submission - publishingmodel" xr:uid="{AAAB281C-4134-465F-A608-30FBF29D75B6}"/>
+    <hyperlink ref="I400" r:id="rId283" display="https://www.nature.com/nrm/publishing-model" xr:uid="{EE85883F-D5FB-4A11-9C46-7BA36B1D4427}"/>
+    <hyperlink ref="I42" r:id="rId284" display="https://www.mdpi.com/journal/antioxidants" xr:uid="{58AE47B0-8193-4122-B390-2DB9886A400E}"/>
+    <hyperlink ref="I85" r:id="rId285" display="https://www.mdpi.com/journal/biomolecules" xr:uid="{020C1810-BFBB-4935-9134-8ACDED98DA3D}"/>
+    <hyperlink ref="I120" r:id="rId286" display="https://www.mdpi.com/journal/cells" xr:uid="{3658B582-4CFC-41DD-8A9B-A5846DE939F8}"/>
+    <hyperlink ref="I214" r:id="rId287" display="https://www.mdpi.com/journal/fire" xr:uid="{53B7E505-43D1-49A5-8E16-58C9165D92A6}"/>
+    <hyperlink ref="I285" r:id="rId288" display="https://www.mdpi.com/journal/ijms" xr:uid="{7D4628BA-49FC-4302-BAFE-7E3F922FAC93}"/>
+    <hyperlink ref="I223" r:id="rId289" display="https://www.frontiersin.org/journals/cell-and-developmental-biology/for-authors/publishing-fees" xr:uid="{4BD08258-841F-46A1-826F-0364308CF9B0}"/>
+    <hyperlink ref="I224" r:id="rId290" display="https://www.frontiersin.org/journals/cellular-and-infection-microbiology/for-authors/publishing-fees" xr:uid="{0EAD17B0-F9B8-4431-B7CA-82DF99839511}"/>
+    <hyperlink ref="I226" r:id="rId291" display="https://www.frontiersin.org/journals/forests-and-global-change/for-authors/publishing-fees" xr:uid="{DC85C1C2-D819-431E-BFE3-6930C7E0BAC5}"/>
+    <hyperlink ref="I227" r:id="rId292" display="https://www.frontiersin.org/journals/integrative-neuroscience/for-authors/publishing-fees" xr:uid="{6D7E773D-B34B-4FE4-AE47-18432E729BEC}"/>
+    <hyperlink ref="I228" r:id="rId293" display="https://www.frontiersin.org/journals/microbiology/for-authors/publishing-fees" xr:uid="{4F5849C0-3338-41C0-A8BB-3EBC453DF484}"/>
+    <hyperlink ref="I229" r:id="rId294" display="https://www.frontiersin.org/journals/molecular-biosciences/for-authors/publishing-fees" xr:uid="{F2D647E4-05DF-4042-A96D-C964666AFD11}"/>
+    <hyperlink ref="I273" r:id="rId295" display="https://ieeexplore.ieee.org/xpl/RecentIssue.jsp?punumber=6221020" xr:uid="{2CE8CD91-AD5D-43DC-A365-AD7AF57C89A2}"/>
+    <hyperlink ref="I53" r:id="rId296" display="https://www.int-res.com/for-authors/open-access-feewaivers" xr:uid="{B32CD0AD-107D-4452-B24A-8FDA27F84582}"/>
+    <hyperlink ref="I284" r:id="rId297" display="https://www.ijbs.com/ms/author" xr:uid="{35D7CC05-9BE5-4F64-BB47-B51530F23474}"/>
+    <hyperlink ref="I425" r:id="rId298" display="https://www.wiley.com/en-ie/journal-finder/pest-management-science/PS/" xr:uid="{64E607EC-0CF8-4797-B0DB-0F38EE7B83B8}"/>
+    <hyperlink ref="I54" r:id="rId299" display="https://journalsinsights.com/journals/artificial-intelligence-in-agriculture" xr:uid="{76D4BD8D-3D3C-4B18-9FE6-83119F5F0D2D}"/>
+    <hyperlink ref="I219" r:id="rId300" display="https://www.keaipublishing.com/en/journals/forest-ecosystems/open-access/" xr:uid="{9330C2B6-2291-49C6-BBF7-6FF3A44CB9ED}"/>
+    <hyperlink ref="I149" r:id="rId301" display="https://www.keaipublishing.com/en/journals/the-crop-journal/open-access-journal/" xr:uid="{25099268-C784-4F78-85B8-A0B9CEBE4151}"/>
+    <hyperlink ref="I148" r:id="rId302" display="https://www.keaipublishing.com/en/journals/the-crop-journal/open-access-journal/" xr:uid="{BE5EC76D-4F4A-4D86-A224-E1ACA855FC91}"/>
+    <hyperlink ref="I235" r:id="rId303" display="https://www.keaipublishing.com/en/journals/genes-and-diseases/open-access-journal/" xr:uid="{285A1D43-E234-40C4-AFB7-66B325372C98}"/>
+    <hyperlink ref="I260" r:id="rId304" display="https://www.keaipublishing.com/en/journals/horticultural-plant-journal/open-access-journal/" xr:uid="{E3065303-AF22-4974-B903-230E42E6A11E}"/>
+    <hyperlink ref="I287" r:id="rId305" display="https://www.keaipublishing.com/en/journals/international-soil-and-water-conservation-research/open-access/" xr:uid="{17E4FF84-B8DD-402F-9F6A-EFF53567EE8C}"/>
+    <hyperlink ref="I438" r:id="rId306" display="https://www.keaipublishing.com/en/journals/plant-diversity/open-access-journal/" xr:uid="{5F97935D-4E3F-4016-AA97-91B4A92A47C2}"/>
+    <hyperlink ref="I380" r:id="rId307" display="https://doaj.org/toc/0219-1032?utm_source=chatgpt.com" xr:uid="{4601DA2B-1ABB-479C-BA38-14F7255298E1}"/>
+    <hyperlink ref="I337" r:id="rId308" display="https://doaj.org/toc/2575-1077?utm_source=chatgpt.com" xr:uid="{925A0ADD-2DD9-474B-8C15-668D96E5FA74}"/>
+    <hyperlink ref="I128" r:id="rId309" display="https://editingservices.lww.com/open-access-hybrid" xr:uid="{8C98A2B5-8CBA-479F-BFDB-61A755ACA8C0}"/>
+    <hyperlink ref="I158" r:id="rId310" display="https://editingservices.lww.com/open-access-hybrid" xr:uid="{DF53B29F-ECD0-45AB-9B75-87F205476482}"/>
+    <hyperlink ref="I404" r:id="rId311" display="https://doaj.org/toc/2376-7839" xr:uid="{112B639B-87E9-4B3C-AC2C-81CA9DF76391}"/>
+    <hyperlink ref="I43" r:id="rId312" display="https://journalsinsights.com/journals/antioxidants-and-redox-signaling?utm_source=chatgpt.com" xr:uid="{DE2D59AD-CB72-41D2-A8C8-551EBF65A3C4}"/>
+    <hyperlink ref="I144" r:id="rId313" location="costs" display="https://home.liebertpub.com/publications/the-crispr-journal/642/for-authors - costs" xr:uid="{3F1759EF-7B0C-459F-B4BD-96975B1894F7}"/>
+    <hyperlink ref="I264" r:id="rId314" display="https://home.liebertpub.com/publications/human-gene-therapy/19/for-authors" xr:uid="{E4B1D8A0-35F3-49C1-B5D6-BFD63DCEA4E6}"/>
+    <hyperlink ref="I411" r:id="rId315" location="costs" display="https://home.liebertpub.com/publications/nucleic-acid-therapeutics/601/for-authors - costs" xr:uid="{EA8CB850-B65E-4521-8FBA-20A2F32425A9}"/>
+    <hyperlink ref="I500" r:id="rId316" location="costs" display="https://home.liebertpub.com/publications/tissue-engineering-parts-a-b-and-c/595/for-authors - costs" xr:uid="{167121CA-6853-477F-80FE-B05F8145C281}"/>
+    <hyperlink ref="I350" r:id="rId317" display="https://www.microbiologyresearch.org/publishing-costs" xr:uid="{7B2B242A-A095-48B3-90A2-603F346A3087}"/>
+    <hyperlink ref="I385" r:id="rId318" display="https://mycosphere.org/submissions.php" xr:uid="{AA4C9A27-D6F1-475A-A755-9E82F3B24309}"/>
+    <hyperlink ref="I306" r:id="rId319" display="https://link.springer.com/journal/11676/funding-eligibility?bpid=3000183628" xr:uid="{BCBA4F2B-F888-4CFC-8EB2-BBCBCFA41ED1}"/>
+    <hyperlink ref="I386" r:id="rId320" display="https://myrmecologicalnews.org/cms/index.php?option=com_content&amp;view=article&amp;id=1116&amp;Itemid=334" xr:uid="{AD1B3F83-B02A-45E9-8336-EB141818674C}"/>
+    <hyperlink ref="I366" r:id="rId321" location="Fees%20and%20Funding" display="https://link.springer.com/journal/40291/how-to-publish-with-us - Fees%20and%20Funding" xr:uid="{B7F834F5-FF21-4083-8EBC-03B82967C466}"/>
+    <hyperlink ref="I477" r:id="rId322" location="article-publication-fees" display="https://www.science.org/content/page/signaling-instructions-research-articles-initial-submission - article-publication-fees" xr:uid="{EB6F875D-EC7C-4DA2-BAD1-31D2EA5529AC}"/>
+    <hyperlink ref="I478" r:id="rId323" location="top" display="https://www.science.org/content/page/stm-instructions-research-articles-initial-submission - top" xr:uid="{91DA40EB-03B6-4211-B8C9-07F5A8528037}"/>
+    <hyperlink ref="I364" r:id="rId324" location="openaccessfees" display="https://aacrjournals.org/pages/publication-fees-and-reprints - openaccessfees" xr:uid="{B88192A6-81CD-4097-A56A-3FD09A6759A9}"/>
+    <hyperlink ref="I2" r:id="rId325" location="pricing-hybrid" xr:uid="{4EB38E8D-4285-434E-A1DF-8DF82F88B7E1}"/>
+    <hyperlink ref="I290" r:id="rId326" display="https://acsopenscience.org/researchers/oa-pricing/?utm_source=chatgpt.com" xr:uid="{44CB96E0-7FD7-4B5F-A895-B5BCD75AD4BD}"/>
+    <hyperlink ref="I327" r:id="rId327" display="https://acsopenscience.org/researchers/oa-pricing/?utm_source=chatgpt.com" xr:uid="{0E999689-C597-41F3-803C-A95D646797F1}"/>
+    <hyperlink ref="I515" r:id="rId328" display="https://agupubs.onlinelibrary.wiley.com/hub/journal/19447973/about/open-access" xr:uid="{1F9390A1-9248-484A-B2DA-2D4BF7D498D4}"/>
+    <hyperlink ref="I96" r:id="rId329" display="https://www.amnh.org/research/scientific-publications/submissions" xr:uid="{95293842-D9BE-4191-93FD-2B44958BBCB3}"/>
+    <hyperlink ref="I19" r:id="rId330" display="https://journals.physiology.org/fees-oa" xr:uid="{9A4CDDCC-63AE-4B03-8156-900BE94ECCC2}"/>
+    <hyperlink ref="I362" r:id="rId331" display="https://www.molbiolcell.org/info-for-authors" xr:uid="{D9CF16DE-10E2-4BBF-BF11-7EF3B24C7952}"/>
+    <hyperlink ref="I40" r:id="rId332" display="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" xr:uid="{7AB95C95-490A-4C45-9DE7-6D8FE79AC8D5}"/>
+    <hyperlink ref="I47" r:id="rId333" display="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" xr:uid="{EED697D6-980A-473D-9447-2AF381329214}"/>
+    <hyperlink ref="I134" r:id="rId334" display="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" xr:uid="{84B05311-7A25-49C1-93FA-3127FCF608F3}"/>
+    <hyperlink ref="I294" r:id="rId335" display="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" xr:uid="{8615D0FB-5451-4C3A-87A6-DB40E14628FC}"/>
+    <hyperlink ref="I302" r:id="rId336" display="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" xr:uid="{FAC31B3C-70C3-46B2-98A9-C5648E9801EC}"/>
+    <hyperlink ref="I331" r:id="rId337" display="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" xr:uid="{4B584BDB-F64D-4C1A-9317-64D1800D7FAB}"/>
+    <hyperlink ref="I344" r:id="rId338" display="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" xr:uid="{10D484A4-7E3F-47DC-82A8-CE2A979E06C7}"/>
+    <hyperlink ref="I352" r:id="rId339" display="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" xr:uid="{4944B82B-3D20-4340-82A2-D3CB1E002831}"/>
+    <hyperlink ref="I353" r:id="rId340" display="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" xr:uid="{A783D4D1-39B1-4FE0-9F34-C99E2066295B}"/>
+    <hyperlink ref="I382" r:id="rId341" display="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" xr:uid="{999FEB03-D9BC-4D85-9C6A-6650F1B75EA4}"/>
+    <hyperlink ref="I383" r:id="rId342" display="https://journals.asm.org/publication-fees?utm_source=chatgpt.com" xr:uid="{ABB2C146-49BA-4053-8474-BF2F8ED0B40E}"/>
+    <hyperlink ref="I20" r:id="rId343" display="https://www.atsjournals.org/page/ajrcmb/instructions" xr:uid="{AE423F5A-1743-4E43-B000-46D632FD84DF}"/>
+    <hyperlink ref="I27" r:id="rId344" display="https://www.annualreviews.org/content/journals/animal" xr:uid="{08AFCDDF-8849-45F0-A5EE-A6250878AAC2}"/>
+    <hyperlink ref="I28" r:id="rId345" location="s2o_supplement_section3" display="https://www.annualreviews.org/s2o_supplement - s2o_supplement_section3" xr:uid="{1A0869E4-A25B-4CA7-A9B3-4C8E9F580690}"/>
+    <hyperlink ref="I29" r:id="rId346" location="s2o_supplement_section3" display="https://www.annualreviews.org/s2o_supplement - s2o_supplement_section3" xr:uid="{56B56033-502D-42BA-99DB-00B85BB8BECA}"/>
+    <hyperlink ref="I30" r:id="rId347" location="s2o_supplement_section3" display="https://www.annualreviews.org/s2o_supplement - s2o_supplement_section3" xr:uid="{B4448290-3AD0-4661-9435-12F466E9B9B6}"/>
+    <hyperlink ref="I31" r:id="rId348" location="s2o_supplement_section3" display="https://www.annualreviews.org/s2o_supplement - s2o_supplement_section3" xr:uid="{E10E2A89-BCE8-4961-BB50-8859C4432ADE}"/>
+    <hyperlink ref="I32" r:id="rId349" location="s2o_supplement_section3" display="https://www.annualreviews.org/s2o_supplement - s2o_supplement_section3" xr:uid="{0C2A9288-5C39-41A5-8852-A0E1EA49F36C}"/>
+    <hyperlink ref="I33" r:id="rId350" location="s2o_supplement_section3" display="https://www.annualreviews.org/s2o_supplement - s2o_supplement_section3" xr:uid="{48658C4B-D846-453E-87FF-892ED05B8D53}"/>
+    <hyperlink ref="I34" r:id="rId351" location="s2o_supplement_section3" display="https://www.annualreviews.org/s2o_supplement - s2o_supplement_section3" xr:uid="{03BB254C-2381-4391-A750-DCD81CD350B9}"/>
+    <hyperlink ref="I36" r:id="rId352" location="s2o_supplement_section3" display="https://www.annualreviews.org/s2o_supplement - s2o_supplement_section3" xr:uid="{74D92502-8A73-4925-AA58-1EF53D1F0325}"/>
+    <hyperlink ref="I35" r:id="rId353" location="s2o_supplement_section3" display="https://www.annualreviews.org/s2o_supplement - s2o_supplement_section3" xr:uid="{BB9C1233-4402-42A1-8FF8-49DCDB7715B1}"/>
+    <hyperlink ref="I37" r:id="rId354" location="s2o_supplement_section3" display="https://www.annualreviews.org/s2o_supplement - s2o_supplement_section3" xr:uid="{AE4F458D-4A13-4B81-9FAE-C656BD291E13}"/>
+    <hyperlink ref="I38" r:id="rId355" location="s2o_supplement_section3" display="https://www.annualreviews.org/s2o_supplement - s2o_supplement_section3" xr:uid="{31E2C249-D17D-428E-8D9B-E0B2D0F2E41E}"/>
+    <hyperlink ref="I39" r:id="rId356" location="s2o_supplement_section3" display="https://www.annualreviews.org/s2o_supplement - s2o_supplement_section3" xr:uid="{0A195888-D77A-420E-BFD5-61006AF7858B}"/>
+    <hyperlink ref="I463" r:id="rId357" display="https://rep.bioscientifica.com/page/open-access" xr:uid="{7F961BB1-D93B-4A47-A357-3A09AD08F865}"/>
+    <hyperlink ref="I315" r:id="rId358" location="submission_guidelines" display="https://jmg.bmj.com/pages/authors - submission_guidelines" xr:uid="{AC0C69DF-25DD-484D-A7B8-0673FF4F5F85}"/>
+    <hyperlink ref="I61" r:id="rId359" display="https://brill.com/view/journals/bm/bm-overview.xml?language=en&amp;srsltid=AfmBOoprgdEFcq69TUZo0bL33jwD7S-WgPnQTKHU-bPrZiHE5Z3HILyS&amp;utm_source=chatgpt.com" xr:uid="{4280821E-6F6E-401A-AE8A-2C1CDA538DD7}"/>
+    <hyperlink ref="I205" r:id="rId360" display="https://www.cambridge.org/core/services/open-research/gold-open-access-journals?utm_source=chatgpt.com" xr:uid="{EED14B83-B017-4D45-B2FD-98E061519930}"/>
+    <hyperlink ref="I419" r:id="rId361" display="https://www.cambridge.org/core/services/open-research/gold-open-access-journals?utm_source=chatgpt.com" xr:uid="{ECADD539-77B5-4F8E-BC4F-7F4BB1969694}"/>
+    <hyperlink ref="I59" r:id="rId362" display="https://www.cambridge.org/core/journals/behavioral-and-brain-sciences" xr:uid="{F4AC286D-6A8D-45BE-AA88-DDFC790A5D61}"/>
+    <hyperlink ref="I459" r:id="rId363" display="https://www.cambridge.org/core/services/open-research/gold-open-access-journals?utm_source=chatgpt.com" xr:uid="{F3407C22-26DC-494A-BA8D-D4C5F4FC3378}"/>
+    <hyperlink ref="I466" r:id="rId364" display="https://www.cambridge.org/core/services/open-research/gold-open-access-journals?utm_source=chatgpt.com" xr:uid="{E7EC2FA7-20FE-4F07-A5B2-B759F26A1DF1}"/>
+    <hyperlink ref="I97" r:id="rId365" location="fees" display="https://cdnsciencepub.com/journal/cjfas/publication-fees - fees" xr:uid="{0BA139FE-8336-4C32-BF49-9B22B03CA742}"/>
+    <hyperlink ref="I136" r:id="rId366" display="https://cshperspectives.cshlp.org/help/subscriptions" xr:uid="{BF5CF478-DA1A-4CCE-B3FC-81D2C26D497B}"/>
+    <hyperlink ref="I234" r:id="rId367" display="https://genesdev.cshlp.org/site/misc/ifora.xhtml" xr:uid="{1326099A-6C0E-46F6-9CD8-0F671870F867}"/>
+    <hyperlink ref="I474" r:id="rId368" display="https://www.cshl.edu/cold-spring-harbor-laboratory-press/journal-resources/?utm_source=chatgpt.com" xr:uid="{02EE44B2-D1A3-43E5-AA53-1A05FE3268AE}"/>
+    <hyperlink ref="I167" r:id="rId369" display="https://journals.biologists.com/dev/pages/open-access" xr:uid="{D6665485-BB01-42D4-9616-3DFC66A8DBA7}"/>
+    <hyperlink ref="I301" r:id="rId370" display="https://journals.biologists.com/jcs/pages/open-access" xr:uid="{0454EF07-D9F2-42D1-9934-3B78950ACACF}"/>
+    <hyperlink ref="I169" r:id="rId371" location="apc" display="https://journals.biologists.com/dmm/pages/submit-manuscript - apc" xr:uid="{4904E860-2345-4EFA-B598-F5BF1179FA0C}"/>
+    <hyperlink ref="I72" r:id="rId372" display="https://www.biogeosciences.net/about/article_processing_charges.html?utm_source=chatgpt.com" xr:uid="{86E4CE18-CDBB-4ADE-A070-F88DA54AC1B5}"/>
+    <hyperlink ref="I483" r:id="rId373" display="https://www.soil-journal.net/about/article_processing_charges.html" xr:uid="{4AC00371-9486-42CD-AB5C-C2C773957AAE}"/>
+    <hyperlink ref="I286" r:id="rId374" display="https://connectsci.au/wf/pages/publishing-charges-and-waivers" xr:uid="{EC368125-D0F1-41DB-97AC-14F7A055FDB0}"/>
+    <hyperlink ref="I154" r:id="rId375" display="https://www.sciencedirect.com/journal/current-opinion-in-cell-biology" xr:uid="{36B15BE8-BD40-4D52-A7B6-0E71540507DC}"/>
+    <hyperlink ref="I156" r:id="rId376" display="https://www.sciencedirect.com/journal/current-opinion-in-genetics-and-development" xr:uid="{7B57FF7D-5DB8-44C9-B935-CF382FC053A3}"/>
+    <hyperlink ref="I159" r:id="rId377" display="https://www.sciencedirect.com/journal/current-opinion-in-microbiology/publish/open-access-options" xr:uid="{93DBF1C6-4065-40E6-877A-33C4F830BEDC}"/>
+    <hyperlink ref="I160" r:id="rId378" display="https://www.sciencedirect.com/journal/current-opinion-in-plant-biology/publish/open-access-options" xr:uid="{EBD12DC3-9968-485F-B5FC-2ADEC64C9763}"/>
+    <hyperlink ref="I161" r:id="rId379" display="https://www.sciencedirect.com/journal/current-opinion-in-structural-biology" xr:uid="{6BD135C8-002D-4660-9153-A9D24990F959}"/>
+    <hyperlink ref="I274" r:id="rId380" location=":~:text=The%20Print-ISSN%20of%20IMA%20Fungus%20is%202210-6340%20and,is%205.4.%20The%20Publicaiton%20fees%20%28APC%29%20is%20%C2%A31890.00%2F%242490.00%2F%E2%82%AC2090.00." display="https://journalsinsights.com/journals/ima-fungus - :~:text=The%20Print-ISSN%20of%20IMA%20Fungus%20is%202210-6340%20and,is%205.4.%20The%20Publicaiton%20fees%20%28APC%29%20is%20%C2%A31890.00%2F%242490.00%2F%E2%82%AC2090.00." xr:uid="{C44CF1DE-5276-49C1-A258-7EA359DC8716}"/>
+    <hyperlink ref="I140" r:id="rId381" display="https://www.sciencedirect.com/journal/computers-in-biology-and-medicine" xr:uid="{869230E1-A751-4F36-A405-7262B3CB9A45}"/>
+    <hyperlink ref="I405" r:id="rId382" display="https://www.sciencedirect.com/journal/neuroscience-and-biobehavioral-reviews" xr:uid="{DFEF796C-96B5-450B-880C-3F5108D799A3}"/>
+    <hyperlink ref="I452" r:id="rId383" display="https://www.sciencedirect.com/journal/neuroscience-and-biobehavioral-reviews" xr:uid="{EE389C59-3E5F-48B9-BDFE-3C84CD5D1CDA}"/>
+    <hyperlink ref="I453" r:id="rId384" display="https://www.sciencedirect.com/journal/progress-in-lipid-research" xr:uid="{4D281B18-DB09-4AD2-8611-CCB56D12E7D2}"/>
+    <hyperlink ref="I485" r:id="rId385" display="https://www.sciencedirect.com/journal/soil-biology-and-biochemistry" xr:uid="{CFC5EF32-531F-4376-873F-6BDDA30587A8}"/>
+    <hyperlink ref="I63" r:id="rId386" display="https://portlandpress.com/pages/open_access_options_and_prices" xr:uid="{35D3F824-E51F-4817-AEBA-6DD0BBED5884}"/>
+    <hyperlink ref="I64" r:id="rId387" display="https://portlandpress.com/pages/open_access_options_and_prices" xr:uid="{DF56B419-6655-4F00-8E76-9F4EE2BB315B}"/>
+    <hyperlink ref="I445" r:id="rId388" display="https://plos.org/fees/" xr:uid="{994EA325-B278-41F0-881A-49B6DA4DFC39}"/>
+    <hyperlink ref="I446" r:id="rId389" display="https://plos.org/fees/" xr:uid="{32CD3837-EC62-468A-86E6-5939E430F09B}"/>
+    <hyperlink ref="I447" r:id="rId390" display="https://plos.org/fees/" xr:uid="{4483A8A9-8C85-4B86-8F5B-CC8B82724911}"/>
+    <hyperlink ref="I448" r:id="rId391" display="https://plos.org/fees/" xr:uid="{199887B3-F7A9-4E3C-BC2B-45D9B940CBCB}"/>
+    <hyperlink ref="I180" r:id="rId392" display="https://ecologyandsociety.org/policies/" xr:uid="{4EB6FBAE-327E-455C-8F61-2F03F77CFC0E}"/>
+    <hyperlink ref="I422" r:id="rId393" display="https://www.persoonia.org/Home persoonia" xr:uid="{B7B12DAD-0FD1-4C4E-8BE5-7E83874312DD}"/>
+    <hyperlink ref="I300" r:id="rId394" display="https://rupress.org/jcb/pages/publication-fees-and-access-options" xr:uid="{E7A3445A-8E3A-4E24-91A9-FE6CE2A2BB40}"/>
+    <hyperlink ref="I60" r:id="rId395" display="https://authorservices.taylorandfrancis.com/choose-open/publishing-open-access/open-access-cost-finder/?category=all&amp;journal=vbmd&amp;fulloa=1&amp;openselect=1&amp;notavailable=1&amp;dove=1&amp;routledge=1&amp;tandf=1&amp;numberofresultsperpage=5&amp;pagenumber=1" xr:uid="{DBB741D2-CC29-421B-88A5-F1FB44C5FC29}"/>
+    <hyperlink ref="I79" r:id="rId396" display="https://royalsociety.org/journals/authors/open-access-membership/" xr:uid="{03C95E06-AF15-47BD-B4BF-DC3BB73ABD2A}"/>
+    <hyperlink ref="I332" r:id="rId397" display="https://www.rsc.org/publishing/journals/lab-on-a-chip" xr:uid="{D880B781-B088-44EC-B46E-64B97754116D}"/>
+    <hyperlink ref="I387" r:id="rId398" display="https://www.rsc.org/publishing/journals/natural-product-reports" xr:uid="{4DB7CD2E-74F3-40AA-8901-A380C305302E}"/>
+    <hyperlink ref="I281" r:id="rId399" location="apcs" display="https://royalsociety.org/journals/open-access/ - apcs" xr:uid="{75E357B1-B0ED-43C0-BDAD-A511F1B264BE}"/>
+    <hyperlink ref="I416" r:id="rId400" location="apcs" display="https://royalsociety.org/journals/open-access/ - apcs" xr:uid="{B30F8F6D-0251-4D61-AE4F-FB1C07C5B03C}"/>
+    <hyperlink ref="I426" r:id="rId401" location="apcs" display="https://royalsociety.org/journals/open-access/ - apcs" xr:uid="{B5EFA30B-218D-4576-AA02-99A9FDA0D19E}"/>
+    <hyperlink ref="I451" r:id="rId402" location="apcs" display="https://royalsociety.org/journals/open-access/ - apcs" xr:uid="{825EAA72-4E77-4D10-9405-89ADA390438B}"/>
+    <hyperlink ref="I263" r:id="rId403" display="https://www.sagepub.com/journals/information-for-authors/publishing-options/hybrid-open-access-sage-choice" xr:uid="{F722B3B0-17D5-4580-BDC1-D7DC4F84DFBB}"/>
+    <hyperlink ref="I298" r:id="rId404" display="https://www.sagepub.com/journals/information-for-authors/publishing-options/hybrid-open-access-sage-choice" xr:uid="{E8A7230F-A629-499F-82CA-D09E831F0DBA}"/>
+    <hyperlink ref="I488" r:id="rId405" display="https://www.sagepub.com/journals/information-for-authors/publishing-options/hybrid-open-access-sage-choice" xr:uid="{FF5EEC9B-16D9-4EE9-9510-E903369E670E}"/>
+    <hyperlink ref="I307" r:id="rId406" display="https://www.sciencedirect.com/journal/journal-of-genetics-and-genomics/publish/open-access-options" xr:uid="{DA094AC4-4275-4146-8049-F639B227A1C4}"/>
+    <hyperlink ref="I420" r:id="rId407" display="https://www.sciencedirect.com/journal/pedosphere" xr:uid="{189AACCB-F2E0-4DF5-9E07-41322A2EAE27}"/>
+    <hyperlink ref="I476" r:id="rId408" display="https://link.springer.com/journal/11427" xr:uid="{7C41BA5A-EC96-4F49-928C-7832A74579BC}"/>
+    <hyperlink ref="I520" r:id="rId409" display="https://www.zoores.ac.cn/guideline" xr:uid="{230D2E6F-859F-419E-A15C-B6FA93690071}"/>
+    <hyperlink ref="I349" r:id="rId410" display="https://microbialcell.com/for-authors-2/article-types/" xr:uid="{CEBE6416-AF5E-4DB0-8D0B-22B7DFE96B7C}"/>
+    <hyperlink ref="I75" r:id="rId411" location="Fees%20and%20funding" display="https://link.springer.com/journal/40659/how-to-publish-with-us - Fees%20and%20funding" xr:uid="{30F75DD4-139F-4919-A705-47417A84F5E1}"/>
+    <hyperlink ref="I21" r:id="rId412" location="publication-charges" display="https://www.journals.uchicago.edu/journals/an/instruct - publication-charges" xr:uid="{16451308-6A31-4C4F-A566-5A849180B8E8}"/>
+    <hyperlink ref="I458" r:id="rId413" display="https://journalsinsights.com/journals/quarterly-review-of-biology?utm_source=chatgpt.com" xr:uid="{C03A3BD0-53D1-4DD2-8377-2D11252AA64D}"/>
+    <hyperlink ref="I494" r:id="rId414" display="https://www.studiesinmycology.org/index.php/instructions-for-authors" xr:uid="{5BCAB957-3F4E-420E-8135-6D714E2FE003}"/>
+    <hyperlink ref="I517" r:id="rId415" display="https://wires.onlinelibrary.wiley.com/journal/17590884/homepage/open-access" xr:uid="{6164E146-984D-4252-88EC-7ECDD9824644}"/>
+    <hyperlink ref="I518" r:id="rId416" display="https://wires.onlinelibrary.wiley.com/journal/17577012/homepage/open-access" xr:uid="{83E4B610-EA8B-4BE5-A910-E4BAFB17FEB1}"/>
+    <hyperlink ref="I403" r:id="rId417" display="https://journals.lww.com/nrronline/Pages/instructionsforauthors.aspx" xr:uid="{7468BBF1-BE01-499F-9068-9AEE39EFF9CB}"/>
+    <hyperlink ref="I519" r:id="rId418" display="https://medicine.yale.edu/yjbm/openaccess/" xr:uid="{D954B42A-809E-489E-AF8C-9614B3B48FC7}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Listy</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>journal fees</vt:lpstr>
+      <vt:lpstr>List1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Czech University of Life Sciences Prague </Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Zachová Romana</dc:creator>
+  <dc:creator>Gebouský Marek</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>