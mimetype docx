--- v0 (2025-11-23)
+++ v1 (2026-01-11)
@@ -10,325 +10,199 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="253B49BA" w14:textId="77777777" w:rsidR="00CD09D6" w:rsidRDefault="00BB0A7E">
+    <w:p w14:paraId="70688481" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...59 lines deleted...]
-    <w:p w14:paraId="74B038BA" w14:textId="3D8A1E1A" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Studentská soutěž Stavby s vůní dřeva zná své vítěze, kteří si letos rozdělili 120 000 Kč</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B038BA" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Praha, 13. </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2025 – Studentská soutěž Stavby s vůní dřeva má za sebou úspěšný 12. ročník, poprvé však za spoluorganizace Fakulty lesnické a dřevařské České zemědělské univerzity v Praze a společnosti PRO VOBIS, jež je vydavatelem časopisů </w:t>
+        <w:t xml:space="preserve">Praha, 13. říjen 2025 – Studentská soutěž Stavby s vůní dřeva má za sebou úspěšný již 12. ročník, poprvé však za spoluorganizace Fakulty lesnické a dřevařské České zemědělské univerzity v Praze a společnosti PRO VOBIS, jež je vydavatelem časopisů </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DŘEVO&amp;stavby</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>sruby&amp;ROUBENKY</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">. Soutěž, kterou dříve pořádala dnes již zaniklá Nadace dřevo pro život, se po převzetí podařilo obnovit, přičemž si zachovala svůj původní smysl – podporovat mladé architekty a stavitele v práci se dřevem jako s udržitelným a nadčasovým materiálem. Vítězové si odnesli finanční odměny ve výši 120 000 </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">a další věcné a zážitkové ceny. </w:t>
+        <w:t xml:space="preserve">. Soutěž, kterou dříve pořádala dnes již zaniklá Nadace dřevo pro život, se po převzetí podařilo obnovit, přičemž si zachovala svůj původní smysl – podporovat mladé architekty a stavitele v práci se dřevem jako s udržitelným a nadčasovým materiálem. Vítězové si odnesli finanční odměny ve výši 120 000 Kč a další věcné a zážitkové ceny. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="277D3F1E" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00252C10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AEB2C02" w14:textId="41C9CA53" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
-[...11 lines deleted...]
-        <w:t>edmičlenná odborná porota zasedala nad desítkami návrhů, které se lišily nejen rozsahem, ale i pojetím práce se dřevem od tradičních forem po odvážné soudobé interpretace. Zároveň ani hlasování veřejnosti nebylo jednoznačné a výsledky byly vskutku tě</w:t>
+    <w:p w14:paraId="0AEB2C02" w14:textId="050CE780" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Do soutěže se letos přihlásilo 50 děl od soutěžících z českých i slovenských vysokých škol. Výběr vítězů nebyl jednoduchý – sedmičlenná odborná porota zasedala nad desítkami návrhů, které se lišily nejen rozsahem, ale i pojetím práce se dřevem od tradičních forem po odvážné soudobé interpretace. Zároveň ani hlasování veřejnosti nebylo jednoznačné a výsledky byly vskutku tě</w:t>
       </w:r>
       <w:r w:rsidR="004F697E">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">né. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B03EE7D" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00252C10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60E1203A" w14:textId="40A15A75" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
+    <w:p w14:paraId="60E1203A" w14:textId="2F1C366A" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">„Soutěž </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Stavby s vůní dřeva</w:t>
       </w:r>
       <w:r>
+        <w:t xml:space="preserve"> je svým rozsahem i zaměřením v České republice i na Slovensku</w:t>
+      </w:r>
+      <w:r w:rsidR="004F697E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B2C6A">
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> říká Róbert Marušák, děkan Fakulty lesnické a dřevařské ČZU v Praze.</w:t>
+      <w:r w:rsidR="004F697E" w:rsidRPr="004F697E">
+        <w:t>jedinečná</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. Podporujeme její rozvoj, protože dřevo má ve stavebnictví nezastupitelné místo – je obnovitelné, ekologické, příjemné pro člověka, a přitom mimořádně moderní. Ukazuje, že kvalitní architektura může jít ruku v ruce s udržitelností i krásou přírodního materiálu,“ říká Róbert Marušák, děkan Fakulty lesnické a dřevařské ČZU v Praze.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="379E43C9" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00252C10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D9B5361" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="009B2C6A">
-[...15 lines deleted...]
-        <w:t>, jednatel společnosti PRO VOBIS.</w:t>
+      <w:r w:rsidRPr="00592826">
+        <w:t>„</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A647B">
+        <w:t>Letošní ročník pro nás byl v mnoha ohledech náročný. Po převzetí soutěže jsme stáli před velkou výzvou – navázat na tradici a zároveň dát projektu nový dech. V našich očích se to ale podařilo. Soutěž jsme obnovili a dali jí pevné základy do dalších let,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592826">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> uvedl Luboš Vavrda, jednatel společnosti PRO VOBIS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ADA9684" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00252C10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0ECD1D79" w14:textId="1AAAAD76" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Slavnostní vyhlášení soutěže proběhlo v rámci společenského večera odborné konference WOOD CAMP LIVE v Brně, pořádané Asociací dodavatelů montovaných dřevostaveb. Vítězové soutěže se tak mohli setkat s odborníky z oboru – architekty, projektanty i staviteli – a navázat </w:t>
       </w:r>
       <w:r w:rsidR="001C4238">
         <w:t xml:space="preserve">tak </w:t>
       </w:r>
       <w:r>
         <w:t>cenné profesní kontakty.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DF0646D" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00252C10">
       <w:pPr>
@@ -409,61 +283,52 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Martin Šnobr</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Střed</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Středokluk</w:t>
+      </w:r>
       <w:r>
         <w:t>, ČVUT v Praze, Fakulta architektury</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C6F2C2E" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">místo – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Hana </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
@@ -676,76 +541,79 @@
           <w:bCs/>
         </w:rPr>
         <w:t>Štěpán Macek</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Místo zotavení – Samota Kluk</w:t>
       </w:r>
       <w:r>
         <w:t>, ČVUT v Praze, Fakulta architektury</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CA65F2F" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00252C10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="374AA199" w14:textId="6110692B" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E" w:rsidP="00AF77EB">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="559E5C60" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Zvláštní ocenění odborné poroty: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00AF77EB">
-[...5 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="374AA199" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Štěpán Lucký</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Sklubovna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, ČVUT v Praze, Fakulta architektury</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45263270" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00252C10">
       <w:pPr>
@@ -822,62 +690,52 @@
         </w:rPr>
         <w:t>Martin Šnobr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Střed</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Středokluk</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, ČVUT v Praze, Fakulta architektury</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26CFB650" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00252C10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0991E386" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1098,180 +956,120 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Kryštof Demel</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>, HUB v Deštném, ČVUT v Praze, Fakulta architektury </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26C7C32D" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00252C10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58975928" w14:textId="36D1CF65" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> doplňuje Róbert Marušák, děkan Fakulty lesnické a dřevařské ČZU v Praze.</w:t>
+    <w:p w14:paraId="58975928" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Organizátoři hodnotí letošní ročník jako mimořádně přínosný – nejen díky kvalitě studentských návrhů, ale také díky velkému zájmu škol o spolupráci. „Bylo vidět, že téma dřeva studenty baví a že se k němu staví s respektem i kreativitou. To je přesně to, co jsme si od soutěže slibovali. Gratulujeme vítězům a děkujeme všem účastníkům soutěže,“ doplňuje Róbert Marušák, děkan Fakulty lesnické a dřevařské ČZU v Praze.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41443C22" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00252C10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71C3ADB4" w14:textId="3EDA549C" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
-[...35 lines deleted...]
-        <w:t>outěžili o rekreační pobyt ve dřevostavbě, konkrétně v apartmánech nedaleko Jindřichova Hradce. Ten si nakonec užije Erika Topičová z </w:t>
+    <w:p w14:paraId="71C3ADB4" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Vítězové si rozdělili finanční odměny ve výši 120 000 Kč. Odnesli si také zajímavé věcné a zážitkové ceny, například dvoudenní exkurzi ve dřevozpracujícím závodě, roční předplatné časopisů o dřevostavbách či víkendový pobyt ve dřevostavbě. Do hry byli zapojeni i samotní hlasující – soutěžili o rekreační pobyt ve dřevostavbě, konkrétně v apartmánech nedaleko Jindřichova Hradce. Ten si nakonec užije Erika Topičová z </w:t>
       </w:r>
       <w:r>
         <w:t>Hradce Králové</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>. Soutěž Stavby s vůní dřeva bude pokračovat i v dalším roce. Na přípravách 13. ročníku se intenzivně pracuje a jeho spuštění je plánováno na únor 2026.</w:t>
+        <w:t>. Soutěž Stavby s vůní dřeva bude pokračovat i v dalším roce. Na přípravách již 13. ročníku se intenzivně pracuje a jeho spuštění je plánováno na únor 2026.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AEBCBEC" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00252C10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42FB0E8D" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0023312E">
-[...25 lines deleted...]
-        <w:t>, jednatel společnosti PRO VOBIS.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>„Velké poděkování patří partnerům letošního ročníku soutěže, kteří věnovali finanční prostředky a další ceny vítězům. Děkujeme také členům odborné poroty a institucím, které soutěži poskytly záštitu a pomohly s její propagací,“ uzavírá Luboš Vavrda, jednatel společnosti PRO VOBIS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="346A0DC4" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00252C10">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="639EEA2C" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1298,67 +1096,67 @@
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">3AE s.r.o. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78A647FD" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">AGROP NOVA a.s. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E24A887" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
+    <w:p w14:paraId="1E24A887" w14:textId="1F829E5D" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ministerstvo zemědělství ČR </w:t>
+        <w:t xml:space="preserve">Ministerstvo zemědělství </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F620101" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Lesy ČR s. p.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DCD8BE1" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -1539,70 +1337,70 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">ARCHCON s.r.o. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D838C1B" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Sdružení místních samospráv, ČR </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AA2BB47" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Česká komora architektů </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF779F8" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>WoodStyle</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
@@ -1646,90 +1444,100 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F76AEDB" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Záštity:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="371EECA3" w14:textId="77777777" w:rsidR="00252C10" w:rsidRPr="0023312E" w:rsidRDefault="00BB0A7E">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="371EECA3" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Ministerstvo zemědělství</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38690467" w14:textId="77777777" w:rsidR="00252C10" w:rsidRPr="0023312E" w:rsidRDefault="00BB0A7E">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="38690467" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Ministerstvo životního prostředí</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FDABF6E" w14:textId="77777777" w:rsidR="00252C10" w:rsidRPr="0023312E" w:rsidRDefault="00BB0A7E">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2FDABF6E" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Ministerstvo průmyslu a obchodu </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75EEBAE5" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Žilinská univerzita v Žilině, Stavebná fakulta  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6284DE86" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2068,435 +1876,588 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Kontakt pro novináře:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="283A6297" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ing. Radim </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, Ph.D. </w:t>
+        <w:t xml:space="preserve">Ing. Radim Löwe, Ph.D. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62E509D4" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>proděkan pro vnější vztahy a marketing Fakulty lesnické a dřevařské ČZU v Praze</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07B6F518" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail: </w:t>
       </w:r>
       <w:r>
         <w:t>lowe@fld.czu.cz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E53C7D" w14:textId="661B24D1" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
-[...33 lines deleted...]
-    <w:p w14:paraId="66D3D583" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00252C10">
+    <w:p w14:paraId="10E53C7D" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Tel.: +420 607 108 112</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="454E45AD" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00252C10">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="530B8FE8" w14:textId="7C9F262E" w:rsidR="00771775" w:rsidRDefault="00771775" w:rsidP="00771775">
+    <w:p w14:paraId="66D3D583" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00252C10">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000"/>
         </w:pBdr>
-        <w:rPr>
-[...32 lines deleted...]
-        <w:t xml:space="preserve">V nejnovějším žebříčku Times </w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67B2F05C" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Česká zemědělská univerzita v Praze </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56BBD73B" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4536"/>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>ČZU v Praze </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">je čtvrtou až pátou největší univerzitou v ČR. Spojuje v sobě bezmála stodvacetiletou tradici s nejmodernějšími technologiemi, progresivní vědou a výzkumem v oblasti zemědělství a lesnictví, ekologie a životního prostředí, technologií a techniky, ekonomie a managementu. Moderně vybavené laboratoře se špičkovým zázemím a školní podniky umožňují vynikající vzdělávání s možností osobního růstu včetně zapojení do vědeckých projektů doma i v zahraničí. ČZU zajišťuje kompletní vysokoškolské studium, letní školy, speciální kurzy, univerzitu třetího věku. Podle mezinárodních žebříčků univerzita patří k nejlepším dvěma a půl procentům na světě. V nejnovějším žebříčku Times </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:kern w:val="36"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Higher</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:kern w:val="36"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:kern w:val="36"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Education</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:kern w:val="36"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:kern w:val="36"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>World</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:kern w:val="36"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> University </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:kern w:val="36"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Rankings</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:kern w:val="36"/>
-[...34 lines deleted...]
-    <w:sectPr w:rsidR="00771775">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se ze třetího místa vyhoupla na druhou pozici mezi nejlepšími českými školami. V konkurenci světových univerzit si polepšila z 801.–1000. místa v roce 2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na současné 601.– 800. místo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Podle žebříčku </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Academic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Ranking</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>World</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Universities</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (tzv. Šanghajský žebříček) se v roce 2025 umístila na 801.–900. pozici na světě a na sdíleném čtvrtém až pátém místě z hodnocených univerzit v ČR. V tomto roce také má jako jediná univerzita v ČR hned tři obory v první stovce, přičemž hlavní obor Zemědělství a lesnictví je dokonce na 24. místě mezi všemi univerzitami světa a na pátém v Evropě. V roce 2024 se ČZU stala 31. nejekologičtější univerzitou na světě díky umístění v žebříčku UI Green </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Metric</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>World</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> University </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Rankings</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F3CDC27" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00252C10">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4536"/>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CD6CFAF" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00252C10">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00252C10">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1701" w:left="1417" w:header="1814" w:footer="1474" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A219532" w14:textId="77777777" w:rsidR="00B976CE" w:rsidRDefault="00B976CE">
+    <w:p w14:paraId="532E2FA5" w14:textId="77777777" w:rsidR="003C298B" w:rsidRDefault="003C298B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="003654AB" w14:textId="77777777" w:rsidR="00B976CE" w:rsidRDefault="00B976CE">
+    <w:p w14:paraId="053A1117" w14:textId="77777777" w:rsidR="003C298B" w:rsidRDefault="003C298B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Noto Sans Symbols">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{26CDC2FF-9EE8-400C-8F1E-4923F4ED85A6}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{5B69E633-A410-493C-AC31-DA7E2A47C2E9}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:fontKey="{2F8E85B2-D167-4191-9A0F-B85948C494D0}"/>
-[...1 lines deleted...]
-    <w:embedItalic r:id="rId4" w:fontKey="{8423690D-2221-48F6-B49E-DCA5C22170ED}"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{33EA0338-4F21-4DAE-A8F6-A1A3F5EE25E0}"/>
+    <w:embedBold r:id="rId3" w:fontKey="{61DBBA05-7CF7-49EC-A03A-17AF875FF108}"/>
+    <w:embedItalic r:id="rId4" w:fontKey="{86781B15-C005-462F-B0AD-FD45BBEB7855}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:fontKey="{A42CB42F-1133-43B6-A4E4-A6047D872172}"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{81AB4D3F-473C-4B58-9FD6-0A69E3AEC519}"/>
   </w:font>
   <w:font w:name="Roboto Black">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{896B22EF-182F-46C8-B0AB-4965CA987200}"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{98315ADB-DC29-495C-9CFF-F0A8AA1D445B}"/>
   </w:font>
   <w:font w:name="Roboto Medium">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="EE"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205B" w:usb2="00000020" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:fontKey="{B4268899-3CA3-4D70-A313-FF1250E362AF}"/>
-    <w:embedItalic r:id="rId8" w:fontKey="{3D6E089E-DB93-4340-9F50-6AA546EA8E9A}"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{ED7791AB-169E-43AC-A65B-56911CBD0A3B}"/>
+    <w:embedItalic r:id="rId8" w:fontKey="{4FA770DF-AF3F-497A-92DA-80B923D9F4E3}"/>
   </w:font>
   <w:font w:name="MinionPro-Regular">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId9" w:fontKey="{E662E10A-0B95-486A-BBED-5DB268379DC0}"/>
+    <w:embedRegular r:id="rId9" w:fontKey="{0E08A89C-6741-4FDF-9449-64770A7AF0C5}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId10" w:fontKey="{0C64E295-576A-4CD3-8BD1-48D78F7DD0E0}"/>
+    <w:embedRegular r:id="rId10" w:fontKey="{AF0924B3-0F6C-437F-B899-57BBBB86C849}"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedItalic r:id="rId11" w:fontKey="{607EFDB6-7620-45C5-B4CD-9863FD63D14E}"/>
+    <w:embedItalic r:id="rId11" w:fontKey="{9CAD42A6-B72D-4328-A76D-A4CB0C26E8F0}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F675D68" w14:textId="77777777" w:rsidR="00B976CE" w:rsidRDefault="00B976CE">
+    <w:p w14:paraId="65B0B009" w14:textId="77777777" w:rsidR="003C298B" w:rsidRDefault="003C298B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7493A229" w14:textId="77777777" w:rsidR="00B976CE" w:rsidRDefault="00B976CE">
+    <w:p w14:paraId="267B2391" w14:textId="77777777" w:rsidR="003C298B" w:rsidRDefault="003C298B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="35891BAE" w14:textId="77777777" w:rsidR="00252C10" w:rsidRDefault="00BB0A7E">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
@@ -3533,113 +3494,88 @@
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="576593099">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="90401060">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="449980765">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1518540481">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1194270112">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1735933097">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...2 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00252C10"/>
     <w:rsid w:val="000A6C75"/>
-    <w:rsid w:val="000B7DDA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00182E4E"/>
     <w:rsid w:val="001C4238"/>
-    <w:rsid w:val="0023312E"/>
     <w:rsid w:val="00252C10"/>
+    <w:rsid w:val="00296888"/>
     <w:rsid w:val="002E6EFC"/>
-    <w:rsid w:val="003836AF"/>
     <w:rsid w:val="003A647B"/>
-    <w:rsid w:val="003D75EF"/>
-    <w:rsid w:val="004D3EA9"/>
+    <w:rsid w:val="003C298B"/>
     <w:rsid w:val="004F697E"/>
-    <w:rsid w:val="0054527C"/>
     <w:rsid w:val="00592826"/>
-    <w:rsid w:val="005D5F3B"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00B976CE"/>
     <w:rsid w:val="00BB0A7E"/>
-    <w:rsid w:val="00BC58D2"/>
     <w:rsid w:val="00C4669A"/>
-    <w:rsid w:val="00CD09D6"/>
-    <w:rsid w:val="00D25A25"/>
     <w:rsid w:val="00D62A2E"/>
     <w:rsid w:val="00D65AAC"/>
-    <w:rsid w:val="00DB4B11"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F21652"/>
+    <w:rsid w:val="00DE6B4C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6E965B62"/>
@@ -4841,61 +4777,50 @@
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Sledovanodkaz">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003A647B"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Siln">
-[...9 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/drive/folders/1aPVoWP_wi6GVliK3dYf4_LoBOKonuoFT?usp=sharing" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
@@ -5200,73 +5125,73 @@
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhKXZb7Ps5oJaXVD6WOS501nK0mGA==">CgMxLjA4AGozChRzdWdnZXN0LmFyeG5yNzJsbHYzcBIbUGF2bMOtbmEgTm92w6FrIEZvcsOpdGtvdsOhajMKFHN1Z2dlc3QucWVmeHp6MzI5bG9tEhtQYXZsw61uYSBOb3bDoWsgRm9yw6l0a292w6FqMwoUc3VnZ2VzdC5id2Jyb3BiMzNjbGISG1BhdmzDrW5hIE5vdsOhayBGb3LDqXRrb3bDoXIhMWhhVW9fUmtfZHo4Y2c4c3doMnVHQXJiMUFwWEdGQ3hS</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{f26a48e1-fc21-461a-b97f-ac5bd535f341}" enabled="0" method="" siteId="{f26a48e1-fc21-461a-b97f-ac5bd535f341}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1094</Words>
-  <Characters>6512</Characters>
+  <Words>1106</Words>
+  <Characters>6532</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>217</Lines>
-  <Paragraphs>143</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Czech University of Life Sciences Prague</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7463</CharactersWithSpaces>
+  <CharactersWithSpaces>7623</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F8D0960548AFCD4EB41B578613ADA16E</vt:lpwstr>
   </property>
 </Properties>
 </file>