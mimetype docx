--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -1,75 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="209DCD79" w14:textId="77777777" w:rsidR="00BE4DAE" w:rsidRDefault="00BE4DAE" w:rsidP="00BE4DAE">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>Organizační struktura Interní grantové agentury FLD</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C5EF53D" w14:textId="77777777" w:rsidR="00BE4DAE" w:rsidRDefault="00BE4DAE" w:rsidP="00BE4DAE">
       <w:r w:rsidRPr="00BE4DAE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Složení</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">: proděkan pro </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> + zástupci kateder FLD</w:t>
+        <w:t>: proděkan pro VaV + zástupci kateder FLD</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D2FFB57" w14:textId="77777777" w:rsidR="00BE4DAE" w:rsidRPr="00BE4DAE" w:rsidRDefault="00BE4DAE" w:rsidP="00BE4DAE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01F2D75E" w14:textId="77777777" w:rsidR="00BE4DAE" w:rsidRPr="00BE4DAE" w:rsidRDefault="00BE4DAE" w:rsidP="00BE4DAE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE4DAE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>doc. Ing. Tomáš Kušta, Ph.D.</w:t>
       </w:r>
     </w:p>
@@ -157,64 +149,64 @@
     </w:p>
     <w:p w14:paraId="38CBA595" w14:textId="77777777" w:rsidR="00EE683C" w:rsidRDefault="00EE683C" w:rsidP="00EE683C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE683C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ing. Jan Cukor, Ph.D.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09AF087B" w14:textId="06CEB6EF" w:rsidR="00EE683C" w:rsidRPr="00EE683C" w:rsidRDefault="00EE683C" w:rsidP="00EE683C">
       <w:pPr>
         <w:spacing w:line="600" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00EE683C">
         <w:t>Děkanát FLD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D2362DE" w14:textId="77777777" w:rsidR="00EE683C" w:rsidRDefault="00EE683C" w:rsidP="00EE683C">
+    <w:p w14:paraId="1D2362DE" w14:textId="47032425" w:rsidR="00EE683C" w:rsidRDefault="002D005E" w:rsidP="00EE683C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE683C">
-[...4 lines deleted...]
-        <w:t>doc. Ing. Jan Kašpar, Ph.D.</w:t>
+      <w:r w:rsidRPr="002D005E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>doc. Ing. Karel Kuželka, Ph.D.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EE92265" w14:textId="24659DCD" w:rsidR="00EE683C" w:rsidRPr="00EE683C" w:rsidRDefault="00EE683C" w:rsidP="00EE683C">
       <w:pPr>
         <w:spacing w:line="600" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00EE683C">
         <w:t>Katedra hospodářské úpravy lesů a DPZ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11A8DCC5" w14:textId="77777777" w:rsidR="00EE683C" w:rsidRDefault="00EE683C" w:rsidP="00EE683C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE683C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>doc. Ing. Oto Nakládal, Ph.D.</w:t>
       </w:r>
@@ -288,136 +280,137 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>doc. RNDr. Jan Hofmeister, Ph.D.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ED78EF8" w14:textId="1C7E7EF0" w:rsidR="00EE683C" w:rsidRPr="002C5AD9" w:rsidRDefault="002C5AD9" w:rsidP="00EE683C">
       <w:pPr>
         <w:spacing w:line="600" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="002C5AD9">
         <w:t>Katedra ekologie lesa</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EE683C" w:rsidRPr="002C5AD9" w:rsidSect="00BE4DAE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="1417" w:bottom="851" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BE4DAE"/>
     <w:rsid w:val="00293080"/>
     <w:rsid w:val="002C5AD9"/>
+    <w:rsid w:val="002D005E"/>
     <w:rsid w:val="002F0E89"/>
     <w:rsid w:val="002F6F93"/>
     <w:rsid w:val="009E0C63"/>
     <w:rsid w:val="00AA7E1C"/>
     <w:rsid w:val="00BE4DAE"/>
+    <w:rsid w:val="00BF1C22"/>
     <w:rsid w:val="00CF77F4"/>
     <w:rsid w:val="00D35F8E"/>
     <w:rsid w:val="00E7411C"/>
     <w:rsid w:val="00EE683C"/>
     <w:rsid w:val="00F12FD7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="78800383"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{58AAA320-F1EB-4D3D-850C-164749C77C5D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -862,51 +855,51 @@
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EE683C"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nevyeenzmnka">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EE683C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="339508068">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1736586359">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1166,69 +1159,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>112</Words>
-  <Characters>667</Characters>
+  <Words>113</Words>
+  <Characters>669</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>778</CharactersWithSpaces>
+  <CharactersWithSpaces>781</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kašík Alexandr</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>