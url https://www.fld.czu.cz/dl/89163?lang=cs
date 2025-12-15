--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -531,90 +531,54 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B63889">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">LF TU </w:t>
-[...35 lines deleted...]
-        <w:t>, SR</w:t>
+        <w:t>LF TU vo Zvolene, SR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0797E495" w14:textId="01328094" w:rsidR="00B63889" w:rsidRPr="00B63889" w:rsidRDefault="003750DA" w:rsidP="00B63889">
+    <w:p w14:paraId="0797E495" w14:textId="1D3F2261" w:rsidR="00B63889" w:rsidRDefault="003750DA" w:rsidP="00B63889">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003750DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>doc. Ing. Roman Dudík, Ph.D.</w:t>
       </w:r>
       <w:r w:rsidR="00B63889">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B63889">
         <w:rPr>
@@ -624,115 +588,182 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B63889">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B63889">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B63889" w:rsidRPr="00B63889">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>FLD ČZU v</w:t>
+      </w:r>
+      <w:r w:rsidR="000B61E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B63889" w:rsidRPr="00B63889">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Praze</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="215CC906" w14:textId="2500FF92" w:rsidR="000B61E1" w:rsidRPr="00B63889" w:rsidRDefault="000B61E1" w:rsidP="00B63889">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B61E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bc. Ing. Petra Palátová, Ph.D.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>FLD ČZU v Praze</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B63889" w:rsidRPr="00B63889" w:rsidSect="00CD51CC">
+    <w:sectPr w:rsidR="000B61E1" w:rsidRPr="00B63889" w:rsidSect="00CD51CC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="568" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CD51CC"/>
+    <w:rsid w:val="000B61E1"/>
     <w:rsid w:val="00283F6E"/>
     <w:rsid w:val="003750DA"/>
+    <w:rsid w:val="006B5ED3"/>
     <w:rsid w:val="007525A9"/>
     <w:rsid w:val="00AA7E1C"/>
     <w:rsid w:val="00B63889"/>
     <w:rsid w:val="00C540DD"/>
     <w:rsid w:val="00CD51CC"/>
     <w:rsid w:val="00D35F8E"/>
     <w:rsid w:val="00E7411C"/>
     <w:rsid w:val="00F12FD7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -1129,73 +1160,95 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hypertextovodkaz">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000B61E1"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nevyeenzmnka">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000B61E1"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1433,69 +1486,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>71</Words>
-  <Characters>420</Characters>
+  <Words>97</Words>
+  <Characters>444</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>490</CharactersWithSpaces>
+  <CharactersWithSpaces>526</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kašík Alexandr</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>