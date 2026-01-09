--- v0 (2025-11-14)
+++ v1 (2026-01-09)
@@ -10,304 +10,102 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="47BC38F9" w14:textId="1D3AEB22" w:rsidR="00BA3CD3" w:rsidRDefault="00B52F82" w:rsidP="00B52F82">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B52F82">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Field</w:t>
-[...100 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Field of Study Board members for </w:t>
+      </w:r>
       <w:r w:rsidR="006A5D09" w:rsidRPr="006A5D09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Economics</w:t>
-[...89 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Economics and Management of Forestry and Wood Industry</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7F592BD1" w14:textId="77777777" w:rsidR="00B52F82" w:rsidRPr="00BA3CD3" w:rsidRDefault="00B52F82" w:rsidP="00B52F82">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00179EFE" w14:textId="77777777" w:rsidR="00BA3CD3" w:rsidRPr="00BA3CD3" w:rsidRDefault="00BA3CD3" w:rsidP="00BA3CD3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA3CD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Chairman</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">Chairman: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="375B687F" w14:textId="5E1D9142" w:rsidR="00BA3CD3" w:rsidRDefault="006A5D09" w:rsidP="00BA3CD3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>prof</w:t>
       </w:r>
       <w:r w:rsidRPr="006A5D09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -411,73 +209,60 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6A75F964" w14:textId="77777777" w:rsidR="00BA3CD3" w:rsidRDefault="00BA3CD3" w:rsidP="00BA3CD3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0ED839A3" w14:textId="77777777" w:rsidR="00BA3CD3" w:rsidRPr="007E3C88" w:rsidRDefault="00BA3CD3" w:rsidP="00BA3CD3">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA3CD3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:t>Members</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve">Members: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ECF1612" w14:textId="4041ADEE" w:rsidR="006A5D09" w:rsidRPr="006A5D09" w:rsidRDefault="006A5D09" w:rsidP="006A5D09">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>doc</w:t>
       </w:r>
       <w:r w:rsidRPr="006A5D09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -823,101 +608,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006A5D09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006A5D09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">LF TU </w:t>
-[...39 lines deleted...]
-        <w:t>, SR</w:t>
+        <w:t>LF TU vo Zvolene, SR</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0025B198" w14:textId="2339C8A8" w:rsidR="00BA3CD3" w:rsidRPr="006A5D09" w:rsidRDefault="005A05CB" w:rsidP="006A5D09">
+    <w:p w14:paraId="0025B198" w14:textId="2339C8A8" w:rsidR="00BA3CD3" w:rsidRDefault="005A05CB" w:rsidP="006A5D09">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="cs-CZ"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A05CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:t>doc. Ing. Roman Dudík, Ph.D.</w:t>
       </w:r>
       <w:r w:rsidR="006A5D09" w:rsidRPr="006A5D09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006A5D09" w:rsidRPr="006A5D09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -930,114 +674,172 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006A5D09" w:rsidRPr="006A5D09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006A5D09" w:rsidRPr="006A5D09">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FFWS CZU in Prague</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00BA3CD3" w:rsidRPr="006A5D09" w:rsidSect="007E3C88">
+    <w:p w14:paraId="3C08B454" w14:textId="4AB64905" w:rsidR="00741ACC" w:rsidRPr="006A5D09" w:rsidRDefault="00741ACC" w:rsidP="006A5D09">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00741ACC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:t>Bc. Ing. Petra Palátová, Ph.D.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="cs-CZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>FFWS CZU in Prague</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00741ACC" w:rsidRPr="006A5D09" w:rsidSect="007E3C88">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="567" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BA3CD3"/>
+    <w:rsid w:val="00162D76"/>
     <w:rsid w:val="00165FED"/>
     <w:rsid w:val="004D5147"/>
     <w:rsid w:val="005A05CB"/>
     <w:rsid w:val="006A5D09"/>
+    <w:rsid w:val="00741ACC"/>
     <w:rsid w:val="007E3C88"/>
     <w:rsid w:val="008950AE"/>
     <w:rsid w:val="00AA7E1C"/>
     <w:rsid w:val="00B52F82"/>
     <w:rsid w:val="00BA3CD3"/>
     <w:rsid w:val="00C540DD"/>
     <w:rsid w:val="00C645FC"/>
     <w:rsid w:val="00D35F8E"/>
     <w:rsid w:val="00E7411C"/>
     <w:rsid w:val="00F12FD7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
@@ -1436,73 +1238,95 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normln">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standardnpsmoodstavce">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normlntabulka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hypertextovodkaz">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00741ACC"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nevyeenzmnka">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Standardnpsmoodstavce"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00741ACC"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="989208221">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1127964265">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -1781,54 +1605,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>76</Words>
-  <Characters>451</Characters>
+  <Words>84</Words>
+  <Characters>496</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>526</CharactersWithSpaces>
+  <CharactersWithSpaces>579</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kašík Alexandr</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>